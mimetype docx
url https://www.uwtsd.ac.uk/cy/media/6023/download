--- v0 (2025-11-19)
+++ v1 (2026-01-12)
@@ -5,179 +5,151 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="14951545" w14:textId="77777777" w:rsidR="00D54F83" w:rsidRDefault="00D54F83" w:rsidP="00D54F83">
+    <w:p w14:paraId="14951545" w14:textId="3F7F72D8" w:rsidR="00D54F83" w:rsidRDefault="009C192D" w:rsidP="00D54F83">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00A406E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09F2C7C6" wp14:editId="41E69E58">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FAF3B51" wp14:editId="7AE56127">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>0</wp:posOffset>
+              <wp:posOffset>68458</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>145415</wp:posOffset>
+              <wp:posOffset>45027</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1809750" cy="723900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name="Picture 1" descr="Discover University of Wales Trinity Saint David"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="Discover University of Wales Trinity Saint David"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" r:link="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1809750" cy="723900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B149D5E" w14:textId="77777777" w:rsidR="0024202D" w:rsidRDefault="0024202D" w:rsidP="00D54F83">
+    <w:p w14:paraId="5CDD854E" w14:textId="19A0A002" w:rsidR="009C192D" w:rsidRDefault="009C192D" w:rsidP="00D54F83">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31123925" w14:textId="77777777" w:rsidR="0024202D" w:rsidRDefault="0024202D" w:rsidP="00D54F83">
+    <w:p w14:paraId="4A6F5E4D" w14:textId="77777777" w:rsidR="009C192D" w:rsidRDefault="009C192D" w:rsidP="00D54F83">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BE647D3" w14:textId="77777777" w:rsidR="0024202D" w:rsidRDefault="0024202D" w:rsidP="00D54F83">
-[...13 lines deleted...]
-    <w:p w14:paraId="04E60641" w14:textId="0BC0B3B5" w:rsidR="0024202D" w:rsidRDefault="0024202D" w:rsidP="00D54F83">
+    <w:p w14:paraId="5C79EEC7" w14:textId="24A6B61D" w:rsidR="009C192D" w:rsidRDefault="009C192D" w:rsidP="00D54F83">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
@@ -188,6086 +160,9262 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidRPr="00A85BFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>APPENDIX</w:t>
+        <w:t>TODIAD</w:t>
       </w:r>
       <w:r w:rsidRPr="00A85BFE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E61D43">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>GA36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CF12650" w14:textId="77777777" w:rsidR="0024202D" w:rsidRDefault="0024202D" w:rsidP="00D54F83">
+    <w:p w14:paraId="2985F966" w14:textId="77777777" w:rsidR="009C192D" w:rsidRDefault="009C192D" w:rsidP="00D54F83">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2645D435" w14:textId="77777777" w:rsidR="0024202D" w:rsidRDefault="0024202D" w:rsidP="00D54F83">
-[...13 lines deleted...]
-    <w:p w14:paraId="6C81A177" w14:textId="77777777" w:rsidR="0024202D" w:rsidRDefault="0024202D" w:rsidP="00D54F83">
+    <w:p w14:paraId="69767503" w14:textId="226CB599" w:rsidR="009C192D" w:rsidRDefault="009C192D" w:rsidP="00D54F83">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="20"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10444"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D54F83" w:rsidRPr="00A406E5" w14:paraId="5BF47C9E" w14:textId="77777777" w:rsidTr="00D54F83">
+      <w:tr w:rsidR="00D54F83" w:rsidRPr="005B0E66" w14:paraId="5BF47C9E" w14:textId="77777777" w:rsidTr="00BD1C48">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10444" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
           </w:tcPr>
-          <w:p w14:paraId="252372B6" w14:textId="77777777" w:rsidR="00D54F83" w:rsidRPr="00A406E5" w:rsidRDefault="00D54F83" w:rsidP="00D54F83">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00A406E5">
+          <w:p w14:paraId="252372B6" w14:textId="6FDBE0DB" w:rsidR="00D54F83" w:rsidRPr="00727A9E" w:rsidRDefault="00D54F83" w:rsidP="00BD1C48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A406E5">
+            <w:r w:rsidR="00BD1C48" w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="40"/>
-              </w:rPr>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> FORM</w:t>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>FFURFLEN ADBORTH MYFYRWYR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4633DB02" w14:textId="77777777" w:rsidR="00D54F83" w:rsidRDefault="00D54F83" w:rsidP="00D54F83">
+    <w:p w14:paraId="4633DB02" w14:textId="77777777" w:rsidR="00D54F83" w:rsidRPr="005B0E66" w:rsidRDefault="00D54F83" w:rsidP="00D54F83">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48006F37" w14:textId="265090F0" w:rsidR="00D54F83" w:rsidRPr="00A406E5" w:rsidRDefault="00D54F83" w:rsidP="00D54F83">
+    <w:p w14:paraId="48006F37" w14:textId="0742A4D1" w:rsidR="00D54F83" w:rsidRDefault="00BD1C48" w:rsidP="00BD1C48">
       <w:pPr>
         <w:pStyle w:val="BodyText1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
+          <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A406E5">
+      <w:r w:rsidRPr="005B0E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
+          <w:lang w:val="cy-GB"/>
         </w:rPr>
-        <w:t>This section details</w:t>
+        <w:t xml:space="preserve">Noda’r adran hon y </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005B0E66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>graddau</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B0E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
+          <w:lang w:val="cy-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> t</w:t>
+        <w:t xml:space="preserve"> y mae’r meini prawf asesu yn cael eu harddangos gennych chi, sydd yn ei dro’n pennu’ch marc.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A406E5">
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00A406E5">
+      <w:r w:rsidR="00D54F83" w:rsidRPr="00727A9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005B0E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
+          <w:lang w:val="cy-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">in turn </w:t>
+        <w:t>Dangosir y marciau sydd ar gael ar gyfer pob categori sgiliau.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A406E5">
+      <w:r w:rsidR="00D54F83" w:rsidRPr="009C192D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">determines your mark. The marks available for each </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="005B0E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
+          <w:lang w:val="cy-GB"/>
         </w:rPr>
-        <w:t>category of skill</w:t>
+        <w:t>Bydd aseswyr APA yn defnyddio’r lle a ddarperir i roi sylwadau ar gyflawniad y dasg/tasgau, gan gynnwys y meysydd hynny rydych wedi gwneud yn dda ynddynt a’r meysydd a fyddai’n elwa o gael eu datblygu/gwella.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A406E5">
+    </w:p>
+    <w:p w14:paraId="3C8EEA14" w14:textId="77777777" w:rsidR="009C192D" w:rsidRPr="009C192D" w:rsidRDefault="009C192D" w:rsidP="00BD1C48">
+      <w:pPr>
+        <w:pStyle w:val="BodyText1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...23 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4927" w:type="pct"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7517"/>
         <w:gridCol w:w="1408"/>
         <w:gridCol w:w="1367"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00864FAC" w:rsidRPr="00A406E5" w14:paraId="76A973B1" w14:textId="77777777" w:rsidTr="0024202D">
+      <w:tr w:rsidR="00864FAC" w:rsidRPr="005B0E66" w14:paraId="76A973B1" w14:textId="77777777" w:rsidTr="009C192D">
         <w:trPr>
           <w:trHeight w:val="1002"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E12379B" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="6E12379B" w14:textId="45F3EDF1" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00BD1C48" w:rsidP="009C192D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A406E5">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Meini Prawf Asesu Generig</w:t>
+            </w:r>
+            <w:r w:rsidR="00864FAC" w:rsidRPr="00727A9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Assessment Criteria </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="4BEC240D" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A85BFE" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="4BEC240D" w14:textId="17526F64" w:rsidR="00864FAC" w:rsidRPr="00727A9E" w:rsidRDefault="00BD1C48" w:rsidP="009C192D">
             <w:pPr>
               <w:ind w:left="34" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A85BFE">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t>Marks available</w:t>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Marciau sydd ar gael</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="664" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D2FF28C" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A85BFE" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="3D2FF28C" w14:textId="0C031478" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00BD1C48" w:rsidP="009C192D">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A85BFE">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Marciau</w:t>
+            </w:r>
+            <w:r w:rsidR="00864FAC" w:rsidRPr="00727A9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00A85BFE">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7378A6F1" w14:textId="24DC1A03" w:rsidR="00864FAC" w:rsidRPr="00727A9E" w:rsidRDefault="00BD1C48" w:rsidP="009C192D">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>awarded</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>a ddyfarnwyd</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00864FAC" w:rsidRPr="00A406E5" w14:paraId="65C94E55" w14:textId="77777777" w:rsidTr="0024202D">
+      <w:tr w:rsidR="00864FAC" w:rsidRPr="005B0E66" w14:paraId="65C94E55" w14:textId="77777777" w:rsidTr="009C192D">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5DC84F26" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="5DC84F26" w14:textId="3C9A95CA" w:rsidR="00864FAC" w:rsidRPr="00727A9E" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A406E5">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BD1C48" w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A406E5">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Ymgysylltu â Gwybodaeth, Sgiliau ac Ymddygiadau</w:t>
+            </w:r>
+            <w:r w:rsidR="00346720" w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="68915CC3" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (KSBs)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68915CC3" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A406E5">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2BA09DA0" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="2BA09DA0" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="664" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4BCBD579" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="4BCBD579" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00864FAC" w:rsidRPr="00A406E5" w14:paraId="31FEDF70" w14:textId="77777777" w:rsidTr="0024202D">
+      <w:tr w:rsidR="00864FAC" w:rsidRPr="009C192D" w14:paraId="31FEDF70" w14:textId="77777777" w:rsidTr="009C192D">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60D888B3" w14:textId="09605623" w:rsidR="00473328" w:rsidRPr="00473328" w:rsidRDefault="00473328" w:rsidP="0024202D">
+          <w:p w14:paraId="60D888B3" w14:textId="7F101707" w:rsidR="00473328" w:rsidRPr="00727A9E" w:rsidRDefault="00346720" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00473328">
+            <w:r w:rsidRPr="00E420FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...18 lines deleted...]
-            <w:r w:rsidR="0056751B">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prompt </w:t>
+            </w:r>
+            <w:r w:rsidR="00D25E9C" w:rsidRPr="00E420FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Cyffredinol:</w:t>
+            </w:r>
+            <w:r w:rsidR="00473328" w:rsidRPr="00727A9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...24 lines deleted...]
-          <w:p w14:paraId="6E011490" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="001A7B27" w:rsidRDefault="00473328" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae</w:t>
+            </w:r>
+            <w:r w:rsidR="00476528" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidR="00476528" w:rsidRPr="00E420FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prentis yn ymgysylltu’n weithredol â KSBs craidd a llwybr-benodol, gan eu cymhwyso gyda mewnwelediad a pherthnasedd i gyd-destun OME.</w:t>
+            </w:r>
+            <w:r w:rsidR="00473328" w:rsidRPr="00727A9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tynnir tystiolaeth o ffynonellau credadwy </w:t>
+            </w:r>
+            <w:r w:rsidR="008264F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="008264F8">
+              <w:rPr>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">egis </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>arfer yn y gweithle, ymchwil, llenyddiaeth dechnegol, treialon neu safonau.</w:t>
+            </w:r>
+            <w:r w:rsidR="0056751B" w:rsidRPr="00727A9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Dylai'r prentis ddangos tystiolaeth o:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E011490" w14:textId="50A37369" w:rsidR="00473328" w:rsidRPr="008D51FE" w:rsidRDefault="00346720" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A7B27">
-[...8 lines deleted...]
-          <w:p w14:paraId="2F9E2DC4" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="001A7B27" w:rsidRDefault="00473328" w:rsidP="0024202D">
+            <w:r w:rsidRPr="008D51FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Ddefnyddio safonau, deddfwriaeth, a llenyddiaeth dechnegol sector-benodol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F9E2DC4" w14:textId="7ED77FB8" w:rsidR="00473328" w:rsidRPr="00727A9E" w:rsidRDefault="00346720" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A7B27">
-[...8 lines deleted...]
-          <w:p w14:paraId="7B65203E" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="001A7B27" w:rsidRDefault="00473328" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Cymhwyso fframweithiau diogelwch, amgylcheddol ac ansawdd</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B65203E" w14:textId="70881109" w:rsidR="00473328" w:rsidRPr="00727A9E" w:rsidRDefault="00346720" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A7B27">
-[...8 lines deleted...]
-          <w:p w14:paraId="2B27200C" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="001A7B27" w:rsidRDefault="00473328" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Ymwybyddiaeth o rôl, cyfrifoldebau, a chodau ymddygiad y diwydiant</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B27200C" w14:textId="0E1BCB39" w:rsidR="00473328" w:rsidRPr="00727A9E" w:rsidRDefault="00346720" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A7B27">
-[...8 lines deleted...]
-          <w:p w14:paraId="3E3AFD08" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="001A7B27" w:rsidRDefault="00473328" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Integreiddio KSBs craidd a llwybr-benodol mewn cyd-destun byd go iawn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E3AFD08" w14:textId="27CD58F2" w:rsidR="00473328" w:rsidRPr="00727A9E" w:rsidRDefault="00346720" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A7B27">
-[...8 lines deleted...]
-          <w:p w14:paraId="3437F77A" w14:textId="77777777" w:rsidR="001A7B27" w:rsidRDefault="00473328" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Dyfarniad wedi'i lywio gan arfer, ymchwil neu ganllawiau cyfredol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3437F77A" w14:textId="44C9E998" w:rsidR="001A7B27" w:rsidRPr="00727A9E" w:rsidRDefault="00346720" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A7B27">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="001A7B27">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Prompt Llwybr-benodol:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A1F9C7D" w14:textId="28D5BD41" w:rsidR="00473328" w:rsidRPr="00727A9E" w:rsidRDefault="000E7C67" w:rsidP="009C192D">
+            <w:pPr>
+              <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...4 lines deleted...]
-              <w:spacing w:after="120"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="69C3382E" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00EB5D1E" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gweithiwr Proffesiynol Ymchwil a Datblygu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69C3382E" w14:textId="2C3152A6" w:rsidR="00473328" w:rsidRPr="00727A9E" w:rsidRDefault="000E7C67" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB5D1E">
-[...8 lines deleted...]
-          <w:p w14:paraId="56C6FB5A" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00EB5D1E" w:rsidRDefault="00473328" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’n cyfeirio at ymchwil academaidd a diwydiant (cyfnodolion, adroddiadau, cynadleddau)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56C6FB5A" w14:textId="5BC5EFB0" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="000E7C67" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="2DF793C4" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00EB5D1E" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ymhwyso gwybodaeth wyddonol a pheirian</w:t>
+            </w:r>
+            <w:r w:rsidR="003B5A95" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">yddol </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>i heriau amddiffyn / diogelwch</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DF793C4" w14:textId="50620A6C" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="000E7C67" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="466EDE14" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00EB5D1E" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>defnyddio llenyddiaeth dechnegol, offer modelu, a data treialu yn effeithiol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="214C50EF" w14:textId="0F89842F" w:rsidR="007A7AE4" w:rsidRPr="007A7AE4" w:rsidRDefault="007A7AE4" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="125CE799" w14:textId="4428D30E" w:rsidR="00473328" w:rsidRPr="00EB5D1E" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’n cyfiawnhau defnyddio dulliau ymchwil sy’n cyfateb anghenion rhanddeiliaid</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="125CE799" w14:textId="24412081" w:rsidR="00473328" w:rsidRPr="00727A9E" w:rsidRDefault="00810BD8" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB5D1E">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="112D8817" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00351499" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gweithiwr </w:t>
+            </w:r>
+            <w:r w:rsidR="000F6643" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">roffesiynol </w:t>
+            </w:r>
+            <w:r w:rsidR="000F6643" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>iogelwch</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="112D8817" w14:textId="24F948E6" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="00810BD8" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="689BAB72" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00351499" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n y</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>mgysylltu â Rheoliadau Ffrwydron 2014, ALARP, a safonau diogelwch</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="689BAB72" w14:textId="45E72668" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="00810BD8" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="0BF11964" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00351499" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>yfeir</w:t>
+            </w:r>
+            <w:r w:rsidR="00B57960" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidR="00B57960" w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">odi </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>achosion diogelwch, adroddiadau arolygu, cofrestrau risg</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BF11964" w14:textId="0EB7A2DF" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="00810BD8" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="17911D87" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00351499" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ymhwyso canllawiau a deddfwriaeth a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> arferion diogelwch y byd go iawn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17911D87" w14:textId="51E327AB" w:rsidR="00473328" w:rsidRPr="009C192D" w:rsidRDefault="00810BD8" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="20D7EE93" w14:textId="618320EE" w:rsidR="00473328" w:rsidRPr="00A12608" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>angos aliniad â pholisi sefydliadol a diwydiant</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20D7EE93" w14:textId="470F79FC" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="00810BD8" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A12608">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="16E84ACE" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00A12608" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">weithiwr Proffesiynol </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gweithgynhyrchu a Phrosesu </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16E84ACE" w14:textId="390A2E1F" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="00537ACA" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="264328B5" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00A12608" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’n cyfeirio at safonau gweithgynhyrchu a dogfennaeth gydymffurfio</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="264328B5" w14:textId="2554597C" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="00537ACA" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="5991D30F" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00A12608" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’n cymhwyso offer fel PFMEA, QFD, neu fanylebau dylunio</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5991D30F" w14:textId="1A27C0CC" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="00537ACA" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="1B2A3389" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00A12608" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’n integreiddio data diogelwch, ansawdd a pherfformiad o leoliadau cynhyrchu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B2A3389" w14:textId="09E0C838" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="00537ACA" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="6D63402D" w14:textId="41B1FBF7" w:rsidR="00473328" w:rsidRPr="00A92268" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’n dangos dealltwriaeth o brosesau wedi'i seilio ar ddeddfwriaeth a safonau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D63402D" w14:textId="7E035F5E" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="005A0C87" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A92268">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="13A1FE67" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00A92268" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gweithiwr Proffesiynol </w:t>
+            </w:r>
+            <w:r w:rsidR="000B0BDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="000B0BDC" w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">inistrio </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>a Gwaredu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13A1FE67" w14:textId="48BA2B02" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="005A0C87" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="289C8EAC" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00A92268" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’n ymgysylltu â dogfennaeth peryglon, fframweithiau risg, a rheoliadau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="289C8EAC" w14:textId="04C2AE7B" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="005A0C87" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="1B2A7C47" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00A92268" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mae’n defnyddio tystiolaeth o dechnegau gwaredu a dulliau dihalogi </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B2A7C47" w14:textId="5BA566C0" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="005A0C87" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="22F5369D" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00A92268" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’n integreiddio gwybodaeth am gylch bywyd ac egwyddorion diogelu'r amgylchedd</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22F5369D" w14:textId="5277667C" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="005A0C87" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="220DB46E" w14:textId="050EE568" w:rsidR="00473328" w:rsidRPr="00B17CE6" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mae’n </w:t>
+            </w:r>
+            <w:r w:rsidR="00B57960" w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>yfeir</w:t>
+            </w:r>
+            <w:r w:rsidR="00B57960" w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nodi </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>deddfwriaeth amgylcheddol a diogelwch berthnasol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="220DB46E" w14:textId="1ED5AF55" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="00B57960" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B17CE6">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="02CFA460" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00B17CE6" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gw</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eithiwr Proffesiynol Profi </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a Gwerthuso </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02CFA460" w14:textId="7C209E45" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="00B57960" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="55627B1A" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00B17CE6" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mae’n cymhwyso safonau profi (perfformiad, amgylcheddol, peirianyddol) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55627B1A" w14:textId="56648A50" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="003B5A95" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="738E56D3" w14:textId="77777777" w:rsidR="00473328" w:rsidRPr="00B17CE6" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’n dylunio treialon sy’n seiliedig ar ofynion cwsmeriaid a llenyddiaeth dechnegol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="738E56D3" w14:textId="27726B9A" w:rsidR="00473328" w:rsidRPr="007A7AE4" w:rsidRDefault="003B5A95" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="21806440" w14:textId="0FE93F6B" w:rsidR="00864FAC" w:rsidRPr="00B17CE6" w:rsidRDefault="00473328" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mae’n cyfeirio at brotocolau diogelwch </w:t>
+            </w:r>
+            <w:r w:rsidR="0079795A" w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">prawf </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>a fframweithiau rheoleiddio</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21806440" w14:textId="0F4FD9D4" w:rsidR="00864FAC" w:rsidRPr="009C192D" w:rsidRDefault="0079795A" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Shows understanding of compliance requirements in test planning</w:t>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A7AE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’n dangos dealltwriaeth o ofynion cydymffurfio wrth gynllunio profion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5592B02F" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="5592B02F" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="009C192D" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="664" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="777DD91B" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="777DD91B" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="009C192D" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00864FAC" w:rsidRPr="00A406E5" w14:paraId="63392CCD" w14:textId="77777777" w:rsidTr="0024202D">
+      <w:tr w:rsidR="00864FAC" w:rsidRPr="005B0E66" w14:paraId="63392CCD" w14:textId="77777777" w:rsidTr="009C192D">
         <w:trPr>
           <w:trHeight w:val="451"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19CEA4A1" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="19CEA4A1" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="009C192D" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="278E7F45" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="278E7F45" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="664" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20B5382F" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="20B5382F" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00864FAC" w:rsidRPr="00A406E5" w14:paraId="453F00C1" w14:textId="77777777" w:rsidTr="0024202D">
+      <w:tr w:rsidR="00864FAC" w:rsidRPr="005B0E66" w14:paraId="453F00C1" w14:textId="77777777" w:rsidTr="009C192D">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2378AA7D" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="2378AA7D" w14:textId="76C0CCA1" w:rsidR="00864FAC" w:rsidRPr="00727A9E" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A406E5">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A406E5">
+            <w:r w:rsidR="0079795A" w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="6731341B" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Sgiliau Gwybodaeth a Dealltwriaeth</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6731341B" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="65A8E093" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="65A8E093" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="664" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1ABC4F68" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="1ABC4F68" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00864FAC" w:rsidRPr="00A406E5" w14:paraId="05809D6E" w14:textId="77777777" w:rsidTr="0024202D">
+      <w:tr w:rsidR="00864FAC" w:rsidRPr="009C192D" w14:paraId="05809D6E" w14:textId="77777777" w:rsidTr="009C192D">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26BBB104" w14:textId="2806622C" w:rsidR="004D3904" w:rsidRPr="004D3904" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+          <w:p w14:paraId="26BBB104" w14:textId="529C8882" w:rsidR="004D3904" w:rsidRPr="00727A9E" w:rsidRDefault="0079795A" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003A7E77">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="003A7E77">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Pr</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...35 lines deleted...]
-          <w:p w14:paraId="0982BCA0" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="00A978B2" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ompt </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Cyffredinol:</w:t>
+            </w:r>
+            <w:r w:rsidR="003A7E77" w:rsidRPr="00727A9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae'r prentis yn dangos gwybodaeth gydlynol a manwl o KSBs craidd a llwybr-benodol, gan ddangos dealltwriaeth systematig o gysyniadau damcaniaethol a’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> cymhwyso yn y gweithle.</w:t>
+            </w:r>
+            <w:r w:rsidR="004D3904" w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>AE w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>edi'i lywio gan ymchwil, safonau, neu arfer gorau y diwydiant.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F035FF" w:rsidRPr="009C192D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Dylai'r prentis ddangos tystiolaeth o:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0982BCA0" w14:textId="272B4D51" w:rsidR="004D3904" w:rsidRPr="00727A9E" w:rsidRDefault="0079795A" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A978B2">
-[...8 lines deleted...]
-          <w:p w14:paraId="28EFA21F" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="00A978B2" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Ffiseg a chemeg deunyddiau egnïol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28EFA21F" w14:textId="3DEC811C" w:rsidR="004D3904" w:rsidRPr="00727A9E" w:rsidRDefault="0079795A" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A978B2">
-[...8 lines deleted...]
-          <w:p w14:paraId="71883FD8" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="00A978B2" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Egwyddorion peirianneg, modelu systemau, a gwyddor deunyddiau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71883FD8" w14:textId="6F489D07" w:rsidR="004D3904" w:rsidRPr="00727A9E" w:rsidRDefault="0079795A" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A978B2">
-[...8 lines deleted...]
-          <w:p w14:paraId="4583DF32" w14:textId="5487C4D4" w:rsidR="004D3904" w:rsidRPr="00A978B2" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Rheoliadau amgylcheddol a diogelwch (e.e. ER2014, ALARP)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4583DF32" w14:textId="23EF7273" w:rsidR="004D3904" w:rsidRPr="00727A9E" w:rsidRDefault="0079795A" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A978B2">
-[...8 lines deleted...]
-          <w:p w14:paraId="6F166963" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="00A978B2" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Camau cylch bywyd (dylunio, gweithgynhyrchu, profi, gwaredu)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F166963" w14:textId="7463EFB8" w:rsidR="004D3904" w:rsidRPr="00727A9E" w:rsidRDefault="0079795A" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A978B2">
-[...8 lines deleted...]
-          <w:p w14:paraId="2F2028D1" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="00A978B2" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Cyd-destun busnes a rheoleiddio</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F2028D1" w14:textId="7900921B" w:rsidR="004D3904" w:rsidRPr="00727A9E" w:rsidRDefault="0079795A" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A978B2">
-[...8 lines deleted...]
-          <w:p w14:paraId="1E005C25" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="00A978B2" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dogfennaeth </w:t>
+            </w:r>
+            <w:r w:rsidR="008264F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>rosiect/</w:t>
+            </w:r>
+            <w:r w:rsidR="008264F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>echnegol a dulliau rheoli risg</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E005C25" w14:textId="5379E074" w:rsidR="004D3904" w:rsidRPr="00727A9E" w:rsidRDefault="0079795A" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A978B2">
-[...8 lines deleted...]
-          <w:p w14:paraId="1F4C679C" w14:textId="73C0C7D3" w:rsidR="004D3904" w:rsidRPr="00A978B2" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Cydnabod amwysedd, cyfyngiadau, neu ansicrwydd mewn data</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F4C679C" w14:textId="18C9C94C" w:rsidR="004D3904" w:rsidRPr="00727A9E" w:rsidRDefault="0079795A" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A978B2">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidR="00A978B2">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Pr</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:spacing w:after="120"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">omptiau </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A978B2">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">gwybodaeth </w:t>
+            </w:r>
+            <w:r w:rsidR="00B01CE6" w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="295E01C0" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="004D63AD" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>l</w:t>
+            </w:r>
+            <w:r w:rsidR="00B01CE6" w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lwybr </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>benodol:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="512F946D" w14:textId="6C872FBD" w:rsidR="004D3904" w:rsidRPr="00727A9E" w:rsidRDefault="00B01CE6" w:rsidP="009C192D">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gweithiwr Proffesiynol Ymchwil a Datblygu </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="295E01C0" w14:textId="306A3EA7" w:rsidR="004D3904" w:rsidRPr="00727A9E" w:rsidRDefault="000F6643" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D63AD">
-[...8 lines deleted...]
-          <w:p w14:paraId="446B60EE" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="004D63AD" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’n dangos dealltwriaeth uwch o ddeunyddiau egnïol (e.e. tanwyddau, fformwleiddiadau, perfformiad)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="446B60EE" w14:textId="485CA88D" w:rsidR="004D3904" w:rsidRPr="00727A9E" w:rsidRDefault="000F6643" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004D63AD">
-[...8 lines deleted...]
-          <w:p w14:paraId="4AFACC9D" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="004D63AD" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ymwybyddiaeth o dechnolegau sy'n dod i'r amlwg (e.e. gweithgynhyrchu h</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D51FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>aen ar haen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>, nanoddeunyddiau)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AFACC9D" w14:textId="4AB2B05B" w:rsidR="004D3904" w:rsidRPr="00620708" w:rsidRDefault="000F6643" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="19762BB0" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="004D63AD" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>eall dylunio seiliedig ar systemau ac integreiddio cylch bywyd</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19762BB0" w14:textId="10809AD0" w:rsidR="004D3904" w:rsidRPr="00620708" w:rsidRDefault="000F6643" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="16C6D140" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="004D63AD" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43104">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ymhwyso theori gwyddonol a dulliau ymchwil i broblemau OME yn y byd go iawn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16C6D140" w14:textId="692BA76E" w:rsidR="004D3904" w:rsidRPr="009C192D" w:rsidRDefault="000F6643" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...20 lines deleted...]
-          <w:p w14:paraId="5C0EDBF2" w14:textId="040609DB" w:rsidR="004D3904" w:rsidRPr="00720DD3" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>yfiawnhau dewisiadau gan ddefnyddio ffynonellau academaidd/technegol (cyfnodolion, treialon, offer modelu)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C0EDBF2" w14:textId="40E69EFF" w:rsidR="004D3904" w:rsidRPr="00727A9E" w:rsidRDefault="000F6643" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00720DD3">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="4118BE23" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="00720DD3" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gweithiwr Proffesiynol Diogelwch</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4118BE23" w14:textId="27A7BBD1" w:rsidR="004D3904" w:rsidRPr="00620708" w:rsidRDefault="000F6643" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="428DA40B" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="00720DD3" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>angos gwybodaeth fanwl o ER2014, trwyddedu, diogelu, ac egwyddorion ALARP</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="428DA40B" w14:textId="03E013D2" w:rsidR="004D3904" w:rsidRPr="00620708" w:rsidRDefault="000F6643" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="45610CBE" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="00720DD3" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>eall technegau asesu difrifoldeb a strategaethau lliniaru risg</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45610CBE" w14:textId="2EE6D6DE" w:rsidR="004D3904" w:rsidRPr="00620708" w:rsidRDefault="000F6643" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="2DF82B22" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="00720DD3" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> cymhwyso ffactorau dynol ac egwyddorion systema</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> rheoli diogelwch</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DF82B22" w14:textId="77DAAE25" w:rsidR="004D3904" w:rsidRPr="009C192D" w:rsidRDefault="000F6643" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="7B01C5CD" w14:textId="63E8B494" w:rsidR="004D3904" w:rsidRPr="00720DD3" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00620708">
+              <w:rPr>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>’n e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sbonio'r rhesymeg y tu ôl i reolaethau a dogfennaeth </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4AFC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>diogelwch (e.e. achosion diogelwch, arolygiadau)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B01C5CD" w14:textId="0C505E90" w:rsidR="004D3904" w:rsidRPr="00727A9E" w:rsidRDefault="002B3C3A" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00720DD3">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="0E0E555E" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="00752FBB" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gweithiwr Proffesiynol Gweithgynhyrchu a Phrosesu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E0E555E" w14:textId="50366CC3" w:rsidR="004D3904" w:rsidRPr="00620708" w:rsidRDefault="002B3C3A" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="776F8584" w14:textId="7A7691F2" w:rsidR="004D3904" w:rsidRPr="00752FBB" w:rsidRDefault="001B2236" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00620708" w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">angos gwybodaeth am brosesau gweithgynhyrchu OME o </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ddechrau’r broses i’w </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>diwedd (prototeipio i gynhyrchu swmp)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="776F8584" w14:textId="0701BF04" w:rsidR="004D3904" w:rsidRPr="00620708" w:rsidRDefault="004B64F5" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...18 lines deleted...]
-          <w:p w14:paraId="2B129DC7" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="00752FBB" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’</w:t>
+            </w:r>
+            <w:r w:rsidR="002B3C3A" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>n cymhwyso offer fel PFMEA, QFD, a fframweithiau rheoli prosesau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B129DC7" w14:textId="327B7CF9" w:rsidR="004D3904" w:rsidRPr="00620708" w:rsidRDefault="004B64F5" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="01478F09" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="00752FBB" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eall cyfyngiadau dylunio, nodweddion </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hanfodol </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC519E" w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ynnyrch, a </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC519E" w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>chyf</w:t>
+            </w:r>
+            <w:r w:rsidR="0036383D" w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">newidiadau </w:t>
+            </w:r>
+            <w:r w:rsidR="00BC519E" w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>trwybwn prosesau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01478F09" w14:textId="1C7B5B24" w:rsidR="004D3904" w:rsidRPr="00620708" w:rsidRDefault="00402D89" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="0DA29EFC" w14:textId="5B0BD3BE" w:rsidR="004D3904" w:rsidRPr="00752FBB" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00620708" w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">’n </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>dangos ymwybyddiaeth o sut mae newidiadau dylunio yn effeithio ar ddiogelwch, ansawdd a chydymffurfiaeth</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DA29EFC" w14:textId="778CA559" w:rsidR="004D3904" w:rsidRPr="00727A9E" w:rsidRDefault="005F6754" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00752FBB">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="32B9D485" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="00752FBB" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gweithiwr Proffesiynol </w:t>
+            </w:r>
+            <w:r w:rsidR="000B0BDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="000B0BDC" w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>inistrio</w:t>
+            </w:r>
+            <w:r w:rsidR="000B0BDC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>a Gwaredu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32B9D485" w14:textId="2A78C74F" w:rsidR="004D3904" w:rsidRPr="00620708" w:rsidRDefault="005F6754" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="03329200" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="00752FBB" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">angos dealltwriaeth o systemau cychwyn, mecanweithiau arfogi, a dilyniannau </w:t>
+            </w:r>
+            <w:r w:rsidR="000B0BDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="000B0BDC" w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>inistrio</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03329200" w14:textId="2DAAF4E6" w:rsidR="004D3904" w:rsidRPr="00620708" w:rsidRDefault="005F6754" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="156FAE38" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="00752FBB" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00620708" w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">’n </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>cymhwyso dulliau gwaredu a diha</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">logi </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>sy'n briodol i'r math o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>OME</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="156FAE38" w14:textId="32DFBEBD" w:rsidR="004D3904" w:rsidRPr="00620708" w:rsidRDefault="005F6754" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="316A54AA" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="00752FBB" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00620708" w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>eall effeithiau amgylcheddol a goblygiadau rheoleiddiol gweithgareddau gwaredu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="316A54AA" w14:textId="7225F3C5" w:rsidR="004D3904" w:rsidRPr="009C192D" w:rsidRDefault="005F6754" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="1E2FF94B" w14:textId="45F44519" w:rsidR="004D3904" w:rsidRPr="00752FBB" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">odi pryd mae technegau o bell yn briodol ac yn ddiogel yn hytrach na thechnegau llaw </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E2FF94B" w14:textId="366BA2E8" w:rsidR="004D3904" w:rsidRPr="00727A9E" w:rsidRDefault="005F6754" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00752FBB">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="317B833F" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="0070386A" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gweithiwr Proffesiynol Profi a Gwerthuso</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="317B833F" w14:textId="1A3642B9" w:rsidR="004D3904" w:rsidRPr="00620708" w:rsidRDefault="005F6754" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="0436F90E" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="0070386A" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sbonio sut mae deunyddiau egnïol yn ymddwyn o dan amodau prawf/treial (e.e. tanio, </w:t>
+            </w:r>
+            <w:r w:rsidR="00960936" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00960936" w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>aro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>, ffrithiant)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0436F90E" w14:textId="5AC83726" w:rsidR="004D3904" w:rsidRPr="00620708" w:rsidRDefault="00960936" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="4B2B411E" w14:textId="77777777" w:rsidR="004D3904" w:rsidRPr="0070386A" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ae’n dangos </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>dealltwriaeth o offeryniaeth, graddnodi, a diagnosteg</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B2B411E" w14:textId="23C49FFE" w:rsidR="004D3904" w:rsidRPr="00620708" w:rsidRDefault="00476528" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="1B1653F6" w14:textId="7693042A" w:rsidR="0064589C" w:rsidRPr="0070386A" w:rsidRDefault="004D3904" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00620708" w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">’n </w:t>
+            </w:r>
+            <w:r w:rsidR="00960936" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>cymhwyso safonau profion diwydiant a phrotocolau diogelwch ar gyfer treialon</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B1653F6" w14:textId="0023E7C2" w:rsidR="0064589C" w:rsidRPr="009C192D" w:rsidRDefault="00476528" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Understands facility operations, environmental controls, and trial risk mitigation</w:t>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eall gweithrediadau cyfleusterau, rheolaethau amgylcheddol, a </w:t>
+            </w:r>
+            <w:r w:rsidR="008B14E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="008B14E3" w:rsidRPr="00620708">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ut i</w:t>
+            </w:r>
+            <w:r w:rsidR="008B14E3">
+              <w:rPr>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>liniaru risg treialon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="429FC435" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="429FC435" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="009C192D" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="664" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0636F5CE" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="0636F5CE" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="009C192D" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00864FAC" w:rsidRPr="00A406E5" w14:paraId="6A6355D3" w14:textId="77777777" w:rsidTr="0024202D">
+      <w:tr w:rsidR="00864FAC" w:rsidRPr="005B0E66" w14:paraId="6A6355D3" w14:textId="77777777" w:rsidTr="009C192D">
         <w:trPr>
           <w:trHeight w:val="451"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32244447" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="32244447" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="009C192D" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="345C1DED" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="345C1DED" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="664" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CF4E789" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="4CF4E789" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00864FAC" w:rsidRPr="00A406E5" w14:paraId="3EB696EB" w14:textId="77777777" w:rsidTr="0024202D">
+      <w:tr w:rsidR="00864FAC" w:rsidRPr="005B0E66" w14:paraId="3EB696EB" w14:textId="77777777" w:rsidTr="009C192D">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7FE05E6F" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="7FE05E6F" w14:textId="23D8AC7F" w:rsidR="00864FAC" w:rsidRPr="00727A9E" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A406E5">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00476528" w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="5D93BFE9" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Sgiliau Gwybyddol a Deallusol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D93BFE9" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="08362397" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="08362397" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="664" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="20001872" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="20001872" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00864FAC" w:rsidRPr="00A406E5" w14:paraId="4C1037EE" w14:textId="77777777" w:rsidTr="0024202D">
+      <w:tr w:rsidR="00864FAC" w:rsidRPr="005B0E66" w14:paraId="4C1037EE" w14:textId="77777777" w:rsidTr="009C192D">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DA39012" w14:textId="615EECAB" w:rsidR="00D5506A" w:rsidRPr="00D5506A" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+          <w:p w14:paraId="5DA39012" w14:textId="796CE7CD" w:rsidR="00D5506A" w:rsidRPr="00727A9E" w:rsidRDefault="00476528" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D5506A">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Prompt Cyffredinol:</w:t>
+            </w:r>
+            <w:r w:rsidR="00D5506A" w:rsidRPr="00727A9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve">: </w:t>
-[...26 lines deleted...]
-          <w:p w14:paraId="66DAE85D" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="003D1D3A" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prentis yn cymhwyso meddwl beirniadol a rhesymu rhesymegol i heriau OME.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D5506A" w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Ma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>e’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>angos y gallu i ddadansoddi data, gwerthuso dewisiadau amgen, datrys problemau, a chyfiawnhau penderfyniadau gan ddefnyddio tystiolaeth dechnegol.</w:t>
+            </w:r>
+            <w:r w:rsidR="003D1D3A" w:rsidRPr="009C192D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Dylai'r prentis ddangos tystiolaeth o:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66DAE85D" w14:textId="0A0F3C15" w:rsidR="00D5506A" w:rsidRPr="00727A9E" w:rsidRDefault="00476528" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1D3A">
-[...8 lines deleted...]
-          <w:p w14:paraId="69C0608A" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="003D1D3A" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Werthuso dyluniad a chanlyniadau newid</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69C0608A" w14:textId="34C35D8A" w:rsidR="00D5506A" w:rsidRPr="00727A9E" w:rsidRDefault="00476528" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1D3A">
-[...8 lines deleted...]
-          <w:p w14:paraId="20D6BBCD" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="003D1D3A" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Modelu, dadansoddi data, a dehongli</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20D6BBCD" w14:textId="5F7EE449" w:rsidR="00D5506A" w:rsidRPr="00727A9E" w:rsidRDefault="00476528" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1D3A">
-[...8 lines deleted...]
-          <w:p w14:paraId="44EAC6A2" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="003D1D3A" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Blaengynllunio a gwneud penderfyniadau strwythuredig</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44EAC6A2" w14:textId="40623913" w:rsidR="00D5506A" w:rsidRPr="00727A9E" w:rsidRDefault="00476528" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1D3A">
-[...8 lines deleted...]
-          <w:p w14:paraId="26D017FD" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="003D1D3A" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Barn strategol mewn senarios cymhleth neu amwys</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D017FD" w14:textId="5E5F9FF8" w:rsidR="00D5506A" w:rsidRPr="00727A9E" w:rsidRDefault="00476528" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1D3A">
-[...8 lines deleted...]
-          <w:p w14:paraId="47570F87" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="003D1D3A" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Defnyddio tystiolaeth (e.e. treialon, llenyddiaeth, data gweithle) i gefnogi casgliadau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47570F87" w14:textId="3AEE5460" w:rsidR="00D5506A" w:rsidRPr="00727A9E" w:rsidRDefault="00476528" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1D3A">
-[...8 lines deleted...]
-          <w:p w14:paraId="59C0F8F6" w14:textId="389B30A1" w:rsidR="00D5506A" w:rsidRPr="003D1D3A" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Datrys problemau y</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>systematig gan ddefnyddio offer neu dechnegau strwythuredig</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59C0F8F6" w14:textId="654F702F" w:rsidR="00D5506A" w:rsidRPr="00727A9E" w:rsidRDefault="00476528" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D1D3A">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:spacing w:after="120"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Pr</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003D1D3A">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">omptiau </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="57B1D5DA" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="002C4708" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gwybyddol Llwybr Penodol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B1BE1C9" w14:textId="2889CD13" w:rsidR="00D5506A" w:rsidRPr="00727A9E" w:rsidRDefault="00476528" w:rsidP="009C192D">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gweithiwr Proffesiynol Ymchwil a Datblygu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57B1D5DA" w14:textId="4635FC51" w:rsidR="00D5506A" w:rsidRPr="00727A9E" w:rsidRDefault="00476528" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4708">
-[...8 lines deleted...]
-          <w:p w14:paraId="4E3661EC" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="002C4708" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’n dylunio a gwerthuso dulliau arbrofol neu ymchwiliol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E3661EC" w14:textId="2AC8691D" w:rsidR="00D5506A" w:rsidRPr="00631369" w:rsidRDefault="00476528" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="105C85DF" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="002C4708" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>adansoddi a dehongli data o dreialon, modelu neu efelychiadau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="105C85DF" w14:textId="60CB5960" w:rsidR="00D5506A" w:rsidRPr="00631369" w:rsidRDefault="00476528" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="36D90CAF" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="002C4708" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>yfiawnhau dulliau ymchwil yn nhermau angen gwyddonol a sefydliadol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36D90CAF" w14:textId="07332112" w:rsidR="00D5506A" w:rsidRPr="009C192D" w:rsidRDefault="00476528" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="06AF0F76" w14:textId="29A04782" w:rsidR="00D5506A" w:rsidRPr="00A73D90" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ysylltu canfyddiadau ag amcanion perfformiad, diogelwch neu arloesi</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06AF0F76" w14:textId="13012028" w:rsidR="00D5506A" w:rsidRPr="00727A9E" w:rsidRDefault="00476528" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A73D90">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="04F0D01A" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="00A73D90" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gweithiwr Proffesiynol Diogelwch</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04F0D01A" w14:textId="5805258D" w:rsidR="00D5506A" w:rsidRPr="00631369" w:rsidRDefault="00476528" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="41D5129F" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="00A73D90" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n nodi achosion sylfaenol digwyddiadau neu </w:t>
+            </w:r>
+            <w:r w:rsidR="00D97ADD" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00D97ADD" w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">damweiniau fu bron </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">â </w:t>
+            </w:r>
+            <w:r w:rsidR="00D97ADD" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00D97ADD" w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>igwydd</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41D5129F" w14:textId="089C4A1B" w:rsidR="00D5506A" w:rsidRPr="00631369" w:rsidRDefault="00D97ADD" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="55CDFFB6" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="00A73D90" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>werthuso ymyriadau a systemau d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iogelwch i sicrhau </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>effeithiolrwydd</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55CDFFB6" w14:textId="45A618CC" w:rsidR="00D5506A" w:rsidRPr="00631369" w:rsidRDefault="00D97ADD" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="573E3BEF" w14:textId="77777777" w:rsidR="00A73D90" w:rsidRPr="00A73D90" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ae’n </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>cymhwyso Haz ID, Haz OP, ALARP, neu hierarchaethau rheoli i gefnogi rhesymu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="573E3BEF" w14:textId="247561E1" w:rsidR="00A73D90" w:rsidRPr="009C192D" w:rsidRDefault="00D97ADD" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="67B45AEB" w14:textId="025D7AD7" w:rsidR="00D5506A" w:rsidRPr="00A73D90" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>efnyddio asesiadau risg a deddfwriaeth i lywio dyfarniadau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67B45AEB" w14:textId="0B40221D" w:rsidR="00D5506A" w:rsidRPr="00727A9E" w:rsidRDefault="00D97ADD" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A73D90">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="0D10D75F" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="00A73D90" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gweithiwr Proffesiynol Gweithgynhyrchu a Phrosesu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D10D75F" w14:textId="209C35B7" w:rsidR="00D5506A" w:rsidRPr="00631369" w:rsidRDefault="00D97ADD" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="0B63F4DD" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="00A73D90" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>n defnyddio dulliau strwythuredig (e.e. PFMEA, QFD, matricsau cyf</w:t>
+            </w:r>
+            <w:r w:rsidR="0036383D" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidR="0036383D" w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ewid</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>) i asesu a gwella prosesau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B63F4DD" w14:textId="5D1A4730" w:rsidR="00D5506A" w:rsidRPr="00631369" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="1250B60C" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="00A73D90" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>werthuso gallu proses ac y</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>awgrymu gwelliannau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1250B60C" w14:textId="66589915" w:rsidR="00D5506A" w:rsidRPr="00631369" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="58EDE211" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="00A73D90" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>yfiawnhau dewis opsiynau dylunio/gweithgynhyrchu yn seiliedig ar resymu technegol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58EDE211" w14:textId="3BBACC5A" w:rsidR="00D5506A" w:rsidRPr="009C192D" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="4BAE9100" w14:textId="6E6D93A1" w:rsidR="00D5506A" w:rsidRPr="002C4708" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>hagweld effaith newidiadau dylunio ar berfformiad neu ddiogelwch cynnyrch</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BAE9100" w14:textId="4D245AD0" w:rsidR="00D5506A" w:rsidRPr="00727A9E" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4708">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="02FD91EF" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="002C4708" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gweithiwr Proffesiynol </w:t>
+            </w:r>
+            <w:r w:rsidR="000B0BDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="000B0BDC" w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">inistrio </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>a Gwaredu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02FD91EF" w14:textId="116D153D" w:rsidR="00D5506A" w:rsidRPr="00631369" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="698E5E80" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="002C4708" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>werthuso senarios gwaredu cymhleth ac yn dewis technegau priodol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="698E5E80" w14:textId="13D6E35D" w:rsidR="00D5506A" w:rsidRPr="00631369" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="595EE022" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="002C4708" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>yfiawnhau dewisiadau yn seiliedig ar y math o berygl, risgiau amgylcheddol, ac opsiynau rheoli</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="595EE022" w14:textId="1915A6FE" w:rsidR="00D5506A" w:rsidRPr="00631369" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="725A2859" w14:textId="77777777" w:rsidR="00D5506A" w:rsidRPr="002C4708" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>n cymhwyso barn gadarn mewn achosion pwrpasol neu anarferol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="725A2859" w14:textId="60C2CEED" w:rsidR="00D5506A" w:rsidRPr="009C192D" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="0B581013" w14:textId="145A937F" w:rsidR="00D5506A" w:rsidRPr="002C4708" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Ma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>e’n m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>yfyrio'n feirniadol ar ganlyniadau gwaredu a gwelliannau posibl</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B581013" w14:textId="2BE43E6A" w:rsidR="00D5506A" w:rsidRPr="00727A9E" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4708">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="41CEFAC8" w14:textId="77777777" w:rsidR="00421873" w:rsidRDefault="00E4723B" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gweithiwr Proffesiynol Profi a Gwerthuso</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41CEFAC8" w14:textId="6DBB980F" w:rsidR="00421873" w:rsidRPr="00631369" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="4AA542C3" w14:textId="2FFAC11B" w:rsidR="00D5506A" w:rsidRPr="002C4708" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ehongli data prawf a threialon ac yn gwerthuso ei aliniad ag amcanion dylunio a</w:t>
+            </w:r>
+            <w:r w:rsidR="00565D3D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mcanion </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>cwsmeriaid</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AA542C3" w14:textId="41EB1AA8" w:rsidR="00D5506A" w:rsidRPr="00727A9E" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4708">
-[...8 lines deleted...]
-          <w:p w14:paraId="17F3DC21" w14:textId="10D5DFA9" w:rsidR="00BF2343" w:rsidRPr="002C4708" w:rsidRDefault="00D5506A" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>angos gallu i ddatrys problemau yn ystod treialon (e.e. materion offeryniaeth)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17F3DC21" w14:textId="221B2BD2" w:rsidR="00BF2343" w:rsidRPr="00727A9E" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002C4708">
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> and method adaptations with reference to risk and outcomes</w:t>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00631369">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>e’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>yfiawnhau cynlluniau prawf ac addasiadau dulliau gan gyfeirio at risg a chanlyniadau</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01508AE0" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="01508AE0" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="664" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09EC5F49" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="09EC5F49" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00864FAC" w:rsidRPr="00A406E5" w14:paraId="5DB1C174" w14:textId="77777777" w:rsidTr="0024202D">
+      <w:tr w:rsidR="00864FAC" w:rsidRPr="005B0E66" w14:paraId="5DB1C174" w14:textId="77777777" w:rsidTr="009C192D">
         <w:trPr>
           <w:trHeight w:val="451"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="253E8496" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="253E8496" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A71257D" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="6A71257D" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="664" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11B812B1" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="11B812B1" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00864FAC" w:rsidRPr="00A406E5" w14:paraId="7A943E22" w14:textId="77777777" w:rsidTr="0024202D">
+      <w:tr w:rsidR="00864FAC" w:rsidRPr="005B0E66" w14:paraId="7A943E22" w14:textId="77777777" w:rsidTr="009C192D">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="07575EFA" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="07575EFA" w14:textId="12D17318" w:rsidR="00864FAC" w:rsidRPr="00727A9E" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A406E5">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A406E5">
+            <w:r w:rsidR="000B2A91" w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="3DE35C83" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Sgiliau Cymhwyso Ymarferol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DE35C83" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5660D033" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="5660D033" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="664" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5B2020B9" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="5B2020B9" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00864FAC" w:rsidRPr="00A406E5" w14:paraId="7E7FF1BD" w14:textId="77777777" w:rsidTr="0024202D">
+      <w:tr w:rsidR="00864FAC" w:rsidRPr="009C192D" w14:paraId="7E7FF1BD" w14:textId="77777777" w:rsidTr="009C192D">
         <w:trPr>
           <w:trHeight w:val="451"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="362394BB" w14:textId="29F30F18" w:rsidR="003C60F0" w:rsidRPr="003C60F0" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+          <w:p w14:paraId="362394BB" w14:textId="4A5BCA7C" w:rsidR="003C60F0" w:rsidRPr="00727A9E" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C60F0">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Prompt Cyffredinol:</w:t>
+            </w:r>
+            <w:r w:rsidR="003C60F0" w:rsidRPr="00727A9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve">: </w:t>
-[...34 lines deleted...]
-          <w:p w14:paraId="0E0D9FBB" w14:textId="77777777" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’r prentis yn cymhwyso offer, technegau a systemau priodol mewn lleoliadau go iawn.</w:t>
+            </w:r>
+            <w:r w:rsidR="003C60F0" w:rsidRPr="00727A9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’n arddangos arfer diogel, cymwys a galwedigaethol berthnasol wedi'i alinio â safonau diwydiant OME. Mae’r prentis yn dangos tystiolaeth o:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E0D9FBB" w14:textId="79E55FDF" w:rsidR="003C60F0" w:rsidRPr="00727A9E" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A7482A">
-[...8 lines deleted...]
-          <w:p w14:paraId="3C52FB3D" w14:textId="77777777" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Systemau gwaith diogel, rheoli risg, a chydymffurfiaeth</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C52FB3D" w14:textId="48684FD5" w:rsidR="003C60F0" w:rsidRPr="00727A9E" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A7482A">
-[...8 lines deleted...]
-          <w:p w14:paraId="1C2E3F6C" w14:textId="77777777" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Cymhwyso offer neu ddulliau technegol yn y byd go iawn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C2E3F6C" w14:textId="6E56BC6D" w:rsidR="003C60F0" w:rsidRPr="00727A9E" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A7482A">
-[...8 lines deleted...]
-          <w:p w14:paraId="07B65E3F" w14:textId="77777777" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cyflawni prosiectau neu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>welliannau i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>lif gwaith</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07B65E3F" w14:textId="3AC4F058" w:rsidR="003C60F0" w:rsidRPr="00727A9E" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A7482A">
-[...8 lines deleted...]
-          <w:p w14:paraId="0D0B5ADE" w14:textId="77777777" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Cyfrifoldeb amgylcheddol a lliniaru peryglon</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D0B5ADE" w14:textId="6CAD5603" w:rsidR="003C60F0" w:rsidRPr="00727A9E" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A7482A">
-[...8 lines deleted...]
-          <w:p w14:paraId="156E8297" w14:textId="77777777" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Defnyddio KSBs wrth wneud penderfyniadau gweithredol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="156E8297" w14:textId="63AF070F" w:rsidR="003C60F0" w:rsidRPr="00727A9E" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A7482A">
-[...8 lines deleted...]
-          <w:p w14:paraId="1DF41B3E" w14:textId="5CAE78F5" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Dogfennu ac olrhain gweithredoedd</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DF41B3E" w14:textId="65A77C9C" w:rsidR="003C60F0" w:rsidRPr="00727A9E" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A7482A">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:spacing w:after="120"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Prompti</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A7482A">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>au</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="29F896CB" w14:textId="77777777" w:rsidR="00A07D98" w:rsidRDefault="00A00104" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Llwybr-benodol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38C5D6BE" w14:textId="7A7818C9" w:rsidR="003C60F0" w:rsidRPr="00727A9E" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gweithiwr Proffesiynol Ymchwil a Datblygu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29F896CB" w14:textId="182910CE" w:rsidR="00A07D98" w:rsidRPr="00965503" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="48F4B7D7" w14:textId="73D76989" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ae’n </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Cymhwyso dulliau ymchwil arbenigol, modelau, ac offer labordy / prawf i ddatrys heriau dylunio neu ddiogelwch OME</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48F4B7D7" w14:textId="2BF3D9BC" w:rsidR="003C60F0" w:rsidRPr="00965503" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="2A62CE69" w14:textId="77777777" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>efnogi cynllunio profion gyda meini prawf perfformiad a dulliau gwerthuso</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A62CE69" w14:textId="7DD5BE6C" w:rsidR="003C60F0" w:rsidRPr="009C192D" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="1D0F0339" w14:textId="2D2C7DFA" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ntegreiddio technolegau d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">atblygol </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>neu ddeunyddiau amgen m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ewn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prosiectau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D0F0339" w14:textId="2476AAB2" w:rsidR="003C60F0" w:rsidRPr="00727A9E" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A7482A">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="63FB666A" w14:textId="77777777" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gweithiwr Proffesiynol Diogelwch</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63FB666A" w14:textId="23607108" w:rsidR="003C60F0" w:rsidRPr="00965503" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="706244A0" w14:textId="77777777" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="008D51FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>n cymhwyso systemau ac offer diogelwch (e.e. Haz ID, Haz OP, ALARP, cofrestrau risg)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="706244A0" w14:textId="66178DF8" w:rsidR="003C60F0" w:rsidRPr="00965503" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="79AC4216" w14:textId="77777777" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>atblygu, gweithredu neu archwilio rheolaethau diogelwch mewn gweithrediadau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79AC4216" w14:textId="2BDC7B07" w:rsidR="003C60F0" w:rsidRPr="00965503" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="4B31014B" w14:textId="58704F47" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’n sicrhau arferion gweithredol diogel (e.e. diogelu, pellteroedd gwahanu)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B31014B" w14:textId="76D0D4F7" w:rsidR="003C60F0" w:rsidRPr="009C192D" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...42 lines deleted...]
-          <w:p w14:paraId="7A96F700" w14:textId="46FF073F" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="00A7482A" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ae’n </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>cymhwyso egwyddorion goddefa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>dwyedd</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>risg mewn penderfyniadau diogelwch yn y gweithle</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A96F700" w14:textId="0BD7E71C" w:rsidR="003C60F0" w:rsidRPr="00727A9E" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A7482A">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...13 lines deleted...]
-          <w:p w14:paraId="6E172E05" w14:textId="7A2C45E7" w:rsidR="00CE0682" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gweithiwr Proffesiynol Gweithgynhyrchu a Phrosesu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E172E05" w14:textId="058B3B40" w:rsidR="00CE0682" w:rsidRPr="00965503" w:rsidRDefault="000B2A91" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...50 lines deleted...]
-          <w:p w14:paraId="605164FB" w14:textId="63653659" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> defnyddio </w:t>
+            </w:r>
+            <w:r w:rsidR="00B763B1" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="00B763B1" w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">yfarpar, offer a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>systemau rheoli p</w:t>
+            </w:r>
+            <w:r w:rsidR="00B763B1" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="00B763B1" w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>osesau</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i berfformio a gwella gweithrediadau gweithgynhyrchu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="605164FB" w14:textId="6A464FF0" w:rsidR="003C60F0" w:rsidRPr="00965503" w:rsidRDefault="00B763B1" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...50 lines deleted...]
-          <w:p w14:paraId="51408361" w14:textId="77149A0C" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ymhwyso PFMEA a chynlluniau comisiynu / profi i reoli amrywioldeb prosesau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51408361" w14:textId="0B58AD07" w:rsidR="003C60F0" w:rsidRPr="009C192D" w:rsidRDefault="00B763B1" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...34 lines deleted...]
-          <w:p w14:paraId="2F6B936B" w14:textId="3B2BF61B" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>angos cydymffurfiaeth weithredol â deddfwriaeth diogelwch ffrwydron a safonau ansawdd / diogelwch</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F6B936B" w14:textId="6FDEE437" w:rsidR="003C60F0" w:rsidRPr="00727A9E" w:rsidRDefault="00F56150" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A7482A">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="515F794E" w14:textId="68D22970" w:rsidR="003C60F0" w:rsidRPr="004E437A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gweithiwr Proffesiynol </w:t>
+            </w:r>
+            <w:r w:rsidR="000B0BDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="000B0BDC" w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">inistrio </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>a Gwaredu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:vanish/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="515F794E" w14:textId="16942695" w:rsidR="003C60F0" w:rsidRPr="00965503" w:rsidRDefault="00B763B1" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...34 lines deleted...]
-          <w:p w14:paraId="3AA4A2BE" w14:textId="77777777" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ynllunio ac yn cyflawni gweithrediadau gwaredu neu </w:t>
+            </w:r>
+            <w:r w:rsidR="000B0BDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="000B0BDC" w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dinistrio </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>yn ddiogel gan ddefnyddio dulliau diha</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">logi </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>priodol a thechnegau diogelu'r amgylchedd</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AA4A2BE" w14:textId="222160A0" w:rsidR="003C60F0" w:rsidRPr="00727A9E" w:rsidRDefault="00B763B1" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A7482A">
-[...8 lines deleted...]
-          <w:p w14:paraId="0FB891C8" w14:textId="09B8965C" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n y</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mateb yn effeithiol i senarios </w:t>
+            </w:r>
+            <w:r w:rsidR="00D57A9F" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00D57A9F" w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>nrheolaidd</w:t>
+            </w:r>
+            <w:r w:rsidR="00D57A9F" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>neu beryglus mewn amser real</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FB891C8" w14:textId="7A0AF52C" w:rsidR="003C60F0" w:rsidRPr="00727A9E" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A7482A">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="36BD5250" w14:textId="77777777" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gweithiwr Proffesiynol Profi a Gwerthuso</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36BD5250" w14:textId="0F180E5C" w:rsidR="003C60F0" w:rsidRPr="00965503" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="12A3FE86" w14:textId="77777777" w:rsidR="003C60F0" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ynllunio a chynnal treialon OME ar raddfa fawr neu gymhleth</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12A3FE86" w14:textId="7077F2D6" w:rsidR="003C60F0" w:rsidRPr="00965503" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="4781C714" w14:textId="77777777" w:rsidR="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n f</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>furfweddu offeryniaeth a diagnosteg s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">y’n cyd-fynd </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ag anghenion prawf</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4781C714" w14:textId="1301BAB4" w:rsidR="00A7482A" w:rsidRPr="00965503" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="58428A04" w14:textId="1D2FA2B5" w:rsidR="00992112" w:rsidRPr="00A7482A" w:rsidRDefault="003C60F0" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ae’n </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">gweithredu treialon yn ddiogel ac yn </w:t>
+            </w:r>
+            <w:r w:rsidR="005B5DF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5DF6" w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">refnus </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>gyda dogfennaeth briodol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58428A04" w14:textId="66F914BA" w:rsidR="00992112" w:rsidRPr="009C192D" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Demonstrates trial safety management and understanding of facility procedures</w:t>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>angos rheola</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>eth o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ddiogelwch treialon a dealltwriaeth o weithdrefnau cyfleustera</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>u</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BB58FD3" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="0BB58FD3" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="009C192D" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="664" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F5B595C" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="4F5B595C" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="009C192D" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00864FAC" w:rsidRPr="00A406E5" w14:paraId="032E2B30" w14:textId="77777777" w:rsidTr="0024202D">
+      <w:tr w:rsidR="00864FAC" w:rsidRPr="005B0E66" w14:paraId="032E2B30" w14:textId="77777777" w:rsidTr="009C192D">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D69DF44" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="0D69DF44" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="009C192D" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31A6F411" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="31A6F411" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="664" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CEE0B23" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="6CEE0B23" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00864FAC" w:rsidRPr="00A406E5" w14:paraId="169258C2" w14:textId="77777777" w:rsidTr="0024202D">
+      <w:tr w:rsidR="00864FAC" w:rsidRPr="005B0E66" w14:paraId="169258C2" w14:textId="77777777" w:rsidTr="009C192D">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1D3B9274" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="1D3B9274" w14:textId="30FF90CC" w:rsidR="00864FAC" w:rsidRPr="00727A9E" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A406E5">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">5. </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00D57A9F" w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...24 lines deleted...]
-          <w:p w14:paraId="116E2099" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Sgiliau Trosglwyddadwy am Oes ac Arfer Proffesiynol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="116E2099" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="48E53764" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="48E53764" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="664" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1C8ADECE" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="1C8ADECE" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00864FAC" w:rsidRPr="00A406E5" w14:paraId="40D2F7AC" w14:textId="77777777" w:rsidTr="0024202D">
+      <w:tr w:rsidR="00864FAC" w:rsidRPr="005B0E66" w14:paraId="40D2F7AC" w14:textId="77777777" w:rsidTr="009C192D">
         <w:trPr>
           <w:trHeight w:val="451"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="306C5DBD" w14:textId="08CD5988" w:rsidR="00A05CA1" w:rsidRPr="00A05CA1" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+          <w:p w14:paraId="306C5DBD" w14:textId="2CCB5F4E" w:rsidR="00A05CA1" w:rsidRPr="00965503" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000A52B4">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Prompt Cyffredinol:</w:t>
+            </w:r>
+            <w:r w:rsidR="00A05CA1" w:rsidRPr="00727A9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A05CA1">
-[...24 lines deleted...]
-          <w:p w14:paraId="4854DB93" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="000A52B4" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prentis yn cyfathrebu'n glir, yn ymddwyn yn broffesiynol, ac yn dangos menter, myfyrdod a chyfrifoldeb yn unol â'r proffesiwn OME a'u rôl.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C118DC" w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Dylai'r prentis ddangos tystiolaeth o:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4854DB93" w14:textId="458D1416" w:rsidR="00A05CA1" w:rsidRPr="00965503" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="791DB034" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="000A52B4" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Ymddygiad moesegol, uniondeb a barn broffesiynol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="791DB034" w14:textId="03AF51F6" w:rsidR="00A05CA1" w:rsidRPr="00965503" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="57170678" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="000A52B4" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Cyfathrebu ysgrifenedig, llafar neu weledol clir a phriodol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57170678" w14:textId="1B2A2BD3" w:rsidR="00A05CA1" w:rsidRPr="00965503" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="669E1D66" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="000A52B4" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Cydweithio ar draws timau a disgyblaethau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="669E1D66" w14:textId="18C51594" w:rsidR="00A05CA1" w:rsidRPr="00965503" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="1406AA96" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="000A52B4" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Atebolrwydd am ddiogelwch, ansawdd a chyfrifoldeb amgylcheddol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1406AA96" w14:textId="42CDD18A" w:rsidR="00A05CA1" w:rsidRPr="00727A9E" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A52B4">
-[...8 lines deleted...]
-          <w:p w14:paraId="77153752" w14:textId="77777777" w:rsidR="000A52B4" w:rsidRPr="000A52B4" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Y</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gallu i a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ddasu i newid, adborth a datblygiad</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77153752" w14:textId="3AC6A433" w:rsidR="000A52B4" w:rsidRPr="00727A9E" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A52B4">
-[...8 lines deleted...]
-          <w:p w14:paraId="72964F2A" w14:textId="66C372B6" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Trefniadaeth ac eglurder mewn allbynnau gwaith (e.e. adroddiadau, cynlluniau, cyflwyniadau)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72964F2A" w14:textId="224BF45A" w:rsidR="00A05CA1" w:rsidRPr="00727A9E" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A752F">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="0B67FD6A" w14:textId="77BAD9A1" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Promptiau Llwybr-benodol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B67FD6A" w14:textId="675A412B" w:rsidR="00A05CA1" w:rsidRPr="00727A9E" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A752F">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="2F71886D" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gweithiwr Proffesiynol Ymchwil a Datblygu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F71886D" w14:textId="15508637" w:rsidR="00A05CA1" w:rsidRPr="00965503" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="515D6AF5" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ae’n </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>cyfathrebu canfyddiadau technegol cymhleth i gynulleidfaoedd arbenigol a rhai nad ydynt yn arbenigol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="515D6AF5" w14:textId="36F7998E" w:rsidR="00A05CA1" w:rsidRPr="00965503" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="46BE5EED" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ogfennu dulliau ymchwil, iteriadau, a chanfyddiadau yn glir</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46BE5EED" w14:textId="22A88691" w:rsidR="00A05CA1" w:rsidRPr="00965503" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="6237C251" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n y</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>mateb yn hyblyg i dechnoleg esblygol neu ddarfodiad</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6237C251" w14:textId="2E83D1B4" w:rsidR="00A05CA1" w:rsidRPr="009C192D" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="2FF199A0" w14:textId="16A80B81" w:rsidR="00A05CA1" w:rsidRPr="004A79FA" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>angos proffesiynoldeb gwyddonol ac ymwybyddiaeth foesegol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FF199A0" w14:textId="251646DA" w:rsidR="00A05CA1" w:rsidRPr="00727A9E" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A752F">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...13 lines deleted...]
-          <w:p w14:paraId="17A4A7C0" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gweithiwr Proffesiynol Diogelwch</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17A4A7C0" w14:textId="04C0061F" w:rsidR="00A05CA1" w:rsidRPr="00965503" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="5D073034" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n esbonio gwybodaeth risg a gweithdrefnau diogelwch </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>yn glir</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D073034" w14:textId="7B432324" w:rsidR="00A05CA1" w:rsidRPr="00965503" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="2AF29D29" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ymryd rhan mewn hyfforddiant neu drafodaethau polisi sy'n ymwneud â diogelwch</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AF29D29" w14:textId="7CB37CCB" w:rsidR="00A05CA1" w:rsidRPr="00965503" w:rsidRDefault="00D57A9F" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="3807B890" w14:textId="49A775E5" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="000A52B4" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Ma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>e’n d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>angos g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">allu i </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">wneud penderfyniadau moesegol mewn cyd-destunau sensitif neu </w:t>
+            </w:r>
+            <w:r w:rsidR="00711C34" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>l</w:t>
+            </w:r>
+            <w:r w:rsidR="00711C34" w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>le mae llawer yn y fantol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3807B890" w14:textId="5B5736C4" w:rsidR="00A05CA1" w:rsidRPr="00727A9E" w:rsidRDefault="00F56150" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A752F">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...13 lines deleted...]
-          <w:p w14:paraId="1B4033B9" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gweithiwr Proffesiynol Gweithgynhyrchu a Phrosesu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B4033B9" w14:textId="21F075A5" w:rsidR="00A05CA1" w:rsidRPr="00965503" w:rsidRDefault="00F56150" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="5185AB64" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>yfathrebu'n effeithiol ar draws timau peiriany</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ddol</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>, diogelwch ac ansawdd</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5185AB64" w14:textId="7FB3D226" w:rsidR="00A05CA1" w:rsidRPr="00965503" w:rsidRDefault="00F56150" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="4E6BEC0F" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Ma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>e’n c</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5DF6" w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ynnal </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>dogfennaeth gywir ar gyfer archwiliadau, amserlenni a rheolaethau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E6BEC0F" w14:textId="6A051B56" w:rsidR="00A05CA1" w:rsidRPr="009C192D" w:rsidRDefault="00F56150" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="7FF1F8AF" w14:textId="3019A0B1" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ae’n </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>cymryd y</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>arweinyddiaeth mewn mentrau datrys problemau a gwella prosesau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FF1F8AF" w14:textId="7381AD13" w:rsidR="00A05CA1" w:rsidRPr="00727A9E" w:rsidRDefault="00F56150" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A752F">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="00DE40C6" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gweithiwr Proffesiynol </w:t>
+            </w:r>
+            <w:r w:rsidR="000B0BDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="000B0BDC" w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">inistrio </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a Gwaredu </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00DE40C6" w14:textId="489B7E1D" w:rsidR="00A05CA1" w:rsidRPr="00965503" w:rsidRDefault="00F56150" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="44CBC7F1" w14:textId="77A650F1" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n cyfathrebu cynlluniau a pheryglon </w:t>
+            </w:r>
+            <w:r w:rsidR="000B0BDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="000B0BDC" w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">inistrio </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>yn glir ac yn gywir</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44CBC7F1" w14:textId="4CA8FAA5" w:rsidR="00A05CA1" w:rsidRPr="00965503" w:rsidRDefault="00F56150" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="2E34F69D" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>adw cofnodion cywir o ddulliau a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> deilliannau </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">gwaredu </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E34F69D" w14:textId="0123EF61" w:rsidR="00A05CA1" w:rsidRPr="009C192D" w:rsidRDefault="00F56150" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="499340A4" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>weithredu'n gyfrifol mewn amgylcheddau risg uchel, l</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">le </w:t>
+            </w:r>
+            <w:r w:rsidR="005B5DF6" w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ceir</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5DF6">
+              <w:rPr>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>aml-randdeiliaid</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="499340A4" w14:textId="3A8AE914" w:rsidR="00A05CA1" w:rsidRPr="009C192D" w:rsidRDefault="00F56150" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="40C95328" w14:textId="76412D3E" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ydlynu â phersonél amgylcheddol, diogelwch a logisteg yn effeithiol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40C95328" w14:textId="6DA3D944" w:rsidR="00A05CA1" w:rsidRPr="00727A9E" w:rsidRDefault="00F56150" w:rsidP="009C192D">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A752F">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="0687F290" w14:textId="77777777" w:rsidR="00A05CA1" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gweithiwr Proffesiynol Profi a Gwerthuso</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0687F290" w14:textId="54DBE661" w:rsidR="00A05CA1" w:rsidRPr="00965503" w:rsidRDefault="00F56150" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="430B2829" w14:textId="3BFAC1C7" w:rsidR="00A05CA1" w:rsidRPr="00940F92" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>yflwyno canlyniadau'n glir trwy adroddiadau, delweddau a chrynodebau data</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="430B2829" w14:textId="18B177DD" w:rsidR="00A05CA1" w:rsidRPr="00965503" w:rsidRDefault="00F56150" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...34 lines deleted...]
-          <w:p w14:paraId="4A68BEC9" w14:textId="7816CE1C" w:rsidR="00010003" w:rsidRPr="009A752F" w:rsidRDefault="00A05CA1" w:rsidP="0024202D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Ma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>e’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>yfathrebu â rhanddeiliaid mewnol ac allanol yn hyderus ac yn c</w:t>
+            </w:r>
+            <w:r w:rsidR="006C04BA" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r w:rsidR="006C04BA" w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nnal </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>dogfenna</w:t>
+            </w:r>
+            <w:r w:rsidR="006C04BA" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="006C04BA" w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>treialo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006C04BA" w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ywir s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">y’n </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>cydymffurfio â diogelwch</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A68BEC9" w14:textId="78AD4A85" w:rsidR="00010003" w:rsidRPr="009C192D" w:rsidRDefault="006C04BA" w:rsidP="009C192D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-              </w:rPr>
-[...13 lines deleted...]
-                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ae’n c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ydweithio'n broffesiynol gydag</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> amrywiaeth o </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>staff, peirianwyr, ac arweinwyr diogelwch</w:t>
+            </w:r>
+            <w:r w:rsidR="00010003" w:rsidRPr="009C192D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F6C018F" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="2F6C018F" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="664" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D848AF0" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="5D848AF0" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00864FAC" w:rsidRPr="00A406E5" w14:paraId="13AB912A" w14:textId="77777777" w:rsidTr="0024202D">
+      <w:tr w:rsidR="00864FAC" w:rsidRPr="005B0E66" w14:paraId="13AB912A" w14:textId="77777777" w:rsidTr="009C192D">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78745D32" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="78745D32" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23282D98" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="23282D98" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="664" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5769DF62" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="00A406E5" w:rsidRDefault="00864FAC" w:rsidP="0024202D">
+          <w:p w14:paraId="5769DF62" w14:textId="77777777" w:rsidR="00864FAC" w:rsidRPr="005B0E66" w:rsidRDefault="00864FAC" w:rsidP="009C192D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="525CC44E" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="00A406E5" w:rsidRDefault="00B264F6" w:rsidP="00B264F6">
+    <w:p w14:paraId="525CC44E" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="005B0E66" w:rsidRDefault="00B264F6" w:rsidP="00B264F6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B0955C2" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="00A406E5" w:rsidRDefault="00B264F6" w:rsidP="00B264F6">
+    <w:p w14:paraId="7B0955C2" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="005B0E66" w:rsidRDefault="00B264F6" w:rsidP="00B264F6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00B264F6" w:rsidRPr="00A406E5" w:rsidSect="00B264F6">
+        <w:sectPr w:rsidR="00B264F6" w:rsidRPr="005B0E66" w:rsidSect="00B264F6">
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:pgSz w:w="11894" w:h="16834"/>
           <w:pgMar w:top="426" w:right="720" w:bottom="851" w:left="720" w:header="706" w:footer="454" w:gutter="0"/>
           <w:paperSrc w:first="1" w:other="1"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="272"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="302BEAFD" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="00A406E5" w:rsidRDefault="00B264F6" w:rsidP="00B264F6">
+    <w:p w14:paraId="302BEAFD" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="005B0E66" w:rsidRDefault="00B264F6" w:rsidP="00B264F6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5ECB4986" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="00A406E5" w:rsidRDefault="00B264F6" w:rsidP="00B264F6">
+    <w:p w14:paraId="5ECB4986" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="005B0E66" w:rsidRDefault="00B264F6" w:rsidP="00B264F6">
       <w:pPr>
         <w:ind w:left="284" w:right="531"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="82"/>
         <w:tblW w:w="10666" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6062"/>
         <w:gridCol w:w="2903"/>
         <w:gridCol w:w="641"/>
         <w:gridCol w:w="1060"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B264F6" w:rsidRPr="00A406E5" w14:paraId="6B97183D" w14:textId="77777777" w:rsidTr="004A2975">
+      <w:tr w:rsidR="00B264F6" w:rsidRPr="005B0E66" w14:paraId="6B97183D" w14:textId="77777777" w:rsidTr="004A2975">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="pct15" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37D074A5" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="00A406E5" w:rsidRDefault="00B264F6" w:rsidP="004A2975">
+          <w:p w14:paraId="37D074A5" w14:textId="5C919986" w:rsidR="00B264F6" w:rsidRPr="009C192D" w:rsidRDefault="006C04BA" w:rsidP="006C04BA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...21 lines deleted...]
-            <w:r w:rsidRPr="00A406E5">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marc Asesiad </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>Assessment marks are subject to ratification at the Exam Board.  These comments and marks are to give feedback on module work and are for guidance only until they are confirmed. )</w:t>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>(Mae marciau asesiadau’n amodol ar gadarnhad y Bwrdd Arholi.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B264F6" w:rsidRPr="009C192D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B0E66">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Diben y sylwadau a’r marciau hyn yw rhoi adborth ar waith modwl a rhoi arweiniad yn unig, nes y cânt eu cadarnhau.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B264F6" w:rsidRPr="009C192D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct15" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5317A50C" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="00A406E5" w:rsidRDefault="00B264F6" w:rsidP="004A2975">
+          <w:p w14:paraId="5317A50C" w14:textId="30129010" w:rsidR="00B264F6" w:rsidRPr="009C192D" w:rsidRDefault="006C04BA" w:rsidP="006C04BA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A406E5">
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>Late Submission Penalties (tick if appropriate)</w:t>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Cosbau Cyflwyno’n Hwyr (ticiwch os yw’n berthnasol)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1060" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D23A5A9" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="00A406E5" w:rsidRDefault="00B264F6" w:rsidP="004A2975">
+          <w:p w14:paraId="4D23A5A9" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="005B0E66" w:rsidRDefault="00B264F6" w:rsidP="004A2975">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A406E5">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B264F6" w:rsidRPr="00A406E5" w14:paraId="21E2BA72" w14:textId="77777777" w:rsidTr="004A2975">
+      <w:tr w:rsidR="00B264F6" w:rsidRPr="005B0E66" w14:paraId="21E2BA72" w14:textId="77777777" w:rsidTr="004A2975">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1E89BFD1" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="00A406E5" w:rsidRDefault="00B264F6" w:rsidP="004A2975">
+          <w:p w14:paraId="1E89BFD1" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="005B0E66" w:rsidRDefault="00B264F6" w:rsidP="004A2975">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2903" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="25907EE2" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="00A406E5" w:rsidRDefault="00B264F6" w:rsidP="004A2975">
+          <w:p w14:paraId="25907EE2" w14:textId="13F0023C" w:rsidR="00B264F6" w:rsidRPr="00727A9E" w:rsidRDefault="006C04BA" w:rsidP="006C04BA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A406E5">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...24 lines deleted...]
-              <w:t>)</w:t>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Hyd at wythnos yn hwyr (uchafswm o 40%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="641" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3360624B" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="00A406E5" w:rsidRDefault="00B264F6" w:rsidP="004A2975">
+          <w:p w14:paraId="3360624B" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="005B0E66" w:rsidRDefault="00B264F6" w:rsidP="004A2975">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1060" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="13A7A7F2" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="00A406E5" w:rsidRDefault="00B264F6" w:rsidP="004A2975">
+          <w:p w14:paraId="13A7A7F2" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="005B0E66" w:rsidRDefault="00B264F6" w:rsidP="004A2975">
             <w:pPr>
               <w:ind w:leftChars="71" w:left="142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B264F6" w:rsidRPr="00A406E5" w14:paraId="379FA08D" w14:textId="77777777" w:rsidTr="004A2975">
+      <w:tr w:rsidR="00B264F6" w:rsidRPr="005B0E66" w14:paraId="379FA08D" w14:textId="77777777" w:rsidTr="004A2975">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="12175E7D" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="00A406E5" w:rsidRDefault="00B264F6" w:rsidP="004A2975">
+          <w:p w14:paraId="12175E7D" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="005B0E66" w:rsidRDefault="00B264F6" w:rsidP="004A2975">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2903" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2590A84B" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="00A406E5" w:rsidRDefault="00B264F6" w:rsidP="004A2975">
+          <w:p w14:paraId="2590A84B" w14:textId="012D0DFA" w:rsidR="00B264F6" w:rsidRPr="00727A9E" w:rsidRDefault="006C04BA" w:rsidP="006C04BA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A406E5">
+            <w:r w:rsidRPr="005B0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...24 lines deleted...]
-              <w:t>)</w:t>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Dros wythnos yn hwyr (0%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="641" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="399518A4" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="00A406E5" w:rsidRDefault="00B264F6" w:rsidP="004A2975">
+          <w:p w14:paraId="399518A4" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="005B0E66" w:rsidRDefault="00B264F6" w:rsidP="004A2975">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1060" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="27DF2BCA" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="00A406E5" w:rsidRDefault="00B264F6" w:rsidP="004A2975">
+          <w:p w14:paraId="27DF2BCA" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="005B0E66" w:rsidRDefault="00B264F6" w:rsidP="004A2975">
             <w:pPr>
               <w:ind w:firstLineChars="141" w:firstLine="282"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="01DF1599" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRDefault="00B264F6" w:rsidP="00B264F6">
+    <w:p w14:paraId="01DF1599" w14:textId="77777777" w:rsidR="00B264F6" w:rsidRPr="005B0E66" w:rsidRDefault="00B264F6" w:rsidP="00B264F6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00B264F6">
+    <w:sectPr w:rsidR="00B264F6" w:rsidRPr="005B0E66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="73B31AFA" w14:textId="77777777" w:rsidR="004C794C" w:rsidRDefault="004C794C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="70856C71" w14:textId="77777777" w:rsidR="004C794C" w:rsidRDefault="004C794C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -6304,198 +9452,407 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="CG Times (WN)">
-    <w:panose1 w:val="00000000000000000000"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
-    <w:notTrueType/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:altName w:val="等线 Light"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="CG Times (WN)">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="664C2FEC" w14:textId="77777777" w:rsidR="001B2236" w:rsidRDefault="00421873">
+  <w:p w14:paraId="664C2FEC" w14:textId="5E4E95ED" w:rsidR="001B2236" w:rsidRDefault="003406C0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">Page </w:t>
+      <w:t xml:space="preserve">Tudalen </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00421873">
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00421873">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00421873">
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00421873">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00421873">
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
-      <w:t xml:space="preserve"> of </w:t>
+    <w:r w:rsidR="00421873">
+      <w:t xml:space="preserve"> o </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00421873">
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00421873">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00421873">
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00421873">
       <w:rPr>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00421873">
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="13D76A6C" w14:textId="77777777" w:rsidR="001B2236" w:rsidRDefault="001B2236">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2D40CD97" w14:textId="77777777" w:rsidR="004C794C" w:rsidRDefault="004C794C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0A8C65EE" w14:textId="77777777" w:rsidR="004C794C" w:rsidRDefault="004C794C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="ABF0A8CA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber5"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="4C7A6274"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber4"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="0F20A13A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber3"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="042E928E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber2"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="1E4EE20C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet5"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="DAA20C3E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet4"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="110E83AC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet3"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="D86C3146"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet2"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="3A506B14"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="6046B9E8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="026476E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D13A496E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6564,51 +9921,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="098D2A47"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="46660D52"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6677,51 +10034,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09E13EDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="401CE2E2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6790,51 +10147,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F266922"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3BB05CF6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6903,51 +10260,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13735701"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="106443E2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7016,51 +10373,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20AF1B51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6E66D534"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7129,51 +10486,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EEF43BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="874CE7B6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7242,51 +10599,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31B52296"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD4CD9BA"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7355,51 +10712,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37834B6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="616CDDB0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7468,51 +10825,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37B612B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3CB42B26"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7581,51 +10938,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="383A4721"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A709ED4"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7694,51 +11051,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BC10C5C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96D8606C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7807,51 +11164,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3FF83F5C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E51E691E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7920,54 +11277,54 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41790994"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3612DACC"/>
+    <w:tmpl w:val="396651D6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -8033,51 +11390,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42213BA1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="895403BA"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8146,51 +11503,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="514D4556"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8710DAEC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8259,51 +11616,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55BA0167"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7569334"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8372,51 +11729,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="562B05C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AAEEDCF2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8485,51 +11842,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57C5775A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18ACEC4E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8598,51 +11955,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C04543D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC86668C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8711,51 +12068,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C1423C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E9121844"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8824,51 +12181,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C916BC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4C8272AE"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8937,51 +12294,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5CC121A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8982E00"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9050,51 +12407,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DEE42EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D22A209E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9163,51 +12520,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5ECC7458"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52260BB6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9276,51 +12633,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F0D4F4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="915629D0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9389,51 +12746,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="618C048A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C8D4FF58"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9502,51 +12859,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="629F46CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF122DCC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9615,51 +12972,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A603E6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B222D2E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9728,51 +13085,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C511F90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="194AB4EC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9841,51 +13198,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E3D79C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2448A9C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9955,307 +13312,386 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1914774150">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1330870328">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="834951316">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="68384338">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="437649553">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1103381238">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1004089848">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1939674551">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="170489792">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="163520740">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1558978900">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1069571251">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="499853416">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="38476322">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="266697687">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="833644145">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="465780269">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="2081705310">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="2104955996">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1348210687">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1028458075">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1559976809">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1320497564">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1793210200">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1773284094">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1330870328">
+  <w:num w:numId="26" w16cid:durableId="1168179810">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1137841495">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1243761820">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="611933730">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="275602008">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1614287554">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1692682148">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="834951316">
+  <w:num w:numId="33" w16cid:durableId="3016910">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1393196173">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="91509504">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1828202448">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="68384338">
-[...26 lines deleted...]
-  <w:num w:numId="13" w16cid:durableId="499853416">
+  <w:num w:numId="37" w16cid:durableId="350886166">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="38476322">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="38" w16cid:durableId="578364197">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="266697687">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="39" w16cid:durableId="1943031225">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="833644145">
-[...8 lines deleted...]
-  <w:num w:numId="19" w16cid:durableId="2104955996">
+  <w:num w:numId="40" w16cid:durableId="1795247443">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1348210687">
-[...33 lines deleted...]
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="41" w16cid:durableId="433552994">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B264F6"/>
     <w:rsid w:val="00010003"/>
     <w:rsid w:val="00015174"/>
     <w:rsid w:val="00025B11"/>
     <w:rsid w:val="0005502A"/>
     <w:rsid w:val="00077E83"/>
     <w:rsid w:val="000A52B4"/>
+    <w:rsid w:val="000B0BDC"/>
+    <w:rsid w:val="000B2A91"/>
     <w:rsid w:val="000E4557"/>
+    <w:rsid w:val="000E7C67"/>
     <w:rsid w:val="000F3460"/>
+    <w:rsid w:val="000F6643"/>
     <w:rsid w:val="00106BBD"/>
     <w:rsid w:val="00113F25"/>
     <w:rsid w:val="00136716"/>
     <w:rsid w:val="0015289C"/>
     <w:rsid w:val="00163550"/>
     <w:rsid w:val="001A2019"/>
     <w:rsid w:val="001A7B27"/>
     <w:rsid w:val="001B2236"/>
     <w:rsid w:val="001D2736"/>
     <w:rsid w:val="001F3F0E"/>
     <w:rsid w:val="00205527"/>
     <w:rsid w:val="00223C5C"/>
-    <w:rsid w:val="0024202D"/>
     <w:rsid w:val="002A5CF9"/>
+    <w:rsid w:val="002B3C3A"/>
     <w:rsid w:val="002C4708"/>
     <w:rsid w:val="002E7E2B"/>
     <w:rsid w:val="003120D1"/>
     <w:rsid w:val="0031444D"/>
     <w:rsid w:val="0033675C"/>
+    <w:rsid w:val="003406C0"/>
+    <w:rsid w:val="00346720"/>
     <w:rsid w:val="0035004D"/>
     <w:rsid w:val="00351499"/>
+    <w:rsid w:val="0036383D"/>
     <w:rsid w:val="00365FDB"/>
+    <w:rsid w:val="00387A9F"/>
     <w:rsid w:val="00390090"/>
     <w:rsid w:val="003937D0"/>
     <w:rsid w:val="003A7E77"/>
     <w:rsid w:val="003B0697"/>
+    <w:rsid w:val="003B5A95"/>
     <w:rsid w:val="003C60F0"/>
     <w:rsid w:val="003D1D3A"/>
+    <w:rsid w:val="003E34FE"/>
+    <w:rsid w:val="003F64A3"/>
+    <w:rsid w:val="00402D89"/>
     <w:rsid w:val="00421873"/>
     <w:rsid w:val="00436FA0"/>
     <w:rsid w:val="00444943"/>
     <w:rsid w:val="00454A96"/>
     <w:rsid w:val="004602F2"/>
     <w:rsid w:val="00473328"/>
+    <w:rsid w:val="00476528"/>
     <w:rsid w:val="004A79FA"/>
+    <w:rsid w:val="004B64F5"/>
     <w:rsid w:val="004C794C"/>
     <w:rsid w:val="004D3904"/>
     <w:rsid w:val="004D63AD"/>
     <w:rsid w:val="004E437A"/>
     <w:rsid w:val="0050324F"/>
+    <w:rsid w:val="00537ACA"/>
+    <w:rsid w:val="00565D3D"/>
     <w:rsid w:val="0056751B"/>
     <w:rsid w:val="00591003"/>
+    <w:rsid w:val="005A0C87"/>
+    <w:rsid w:val="005B0E66"/>
+    <w:rsid w:val="005B5DF6"/>
+    <w:rsid w:val="005F6754"/>
+    <w:rsid w:val="00620708"/>
+    <w:rsid w:val="00631369"/>
     <w:rsid w:val="006447CB"/>
     <w:rsid w:val="0064589C"/>
     <w:rsid w:val="006A3A13"/>
+    <w:rsid w:val="006C04BA"/>
     <w:rsid w:val="0070386A"/>
+    <w:rsid w:val="00711C34"/>
     <w:rsid w:val="00720DD3"/>
+    <w:rsid w:val="00727A9E"/>
     <w:rsid w:val="0073416F"/>
     <w:rsid w:val="007452F1"/>
     <w:rsid w:val="00752FBB"/>
     <w:rsid w:val="007706C5"/>
+    <w:rsid w:val="0079795A"/>
+    <w:rsid w:val="007A7AE4"/>
     <w:rsid w:val="007C1AE5"/>
+    <w:rsid w:val="00810BD8"/>
+    <w:rsid w:val="008264F8"/>
     <w:rsid w:val="008424B4"/>
     <w:rsid w:val="008431F0"/>
+    <w:rsid w:val="0085701C"/>
     <w:rsid w:val="00864FAC"/>
     <w:rsid w:val="0089445A"/>
     <w:rsid w:val="008A070E"/>
+    <w:rsid w:val="008B14E3"/>
     <w:rsid w:val="008B5BA7"/>
+    <w:rsid w:val="008D51FE"/>
+    <w:rsid w:val="00900705"/>
     <w:rsid w:val="009338E5"/>
     <w:rsid w:val="00940F92"/>
+    <w:rsid w:val="00960936"/>
     <w:rsid w:val="0096104F"/>
+    <w:rsid w:val="00965503"/>
     <w:rsid w:val="00992112"/>
     <w:rsid w:val="00992E23"/>
     <w:rsid w:val="009A752F"/>
+    <w:rsid w:val="009C192D"/>
     <w:rsid w:val="009C7C58"/>
     <w:rsid w:val="00A00104"/>
     <w:rsid w:val="00A05CA1"/>
     <w:rsid w:val="00A07D98"/>
     <w:rsid w:val="00A12608"/>
     <w:rsid w:val="00A20521"/>
     <w:rsid w:val="00A35378"/>
     <w:rsid w:val="00A634F1"/>
     <w:rsid w:val="00A73D90"/>
     <w:rsid w:val="00A7482A"/>
     <w:rsid w:val="00A91432"/>
     <w:rsid w:val="00A92268"/>
     <w:rsid w:val="00A978B2"/>
     <w:rsid w:val="00AB7E69"/>
     <w:rsid w:val="00AC607E"/>
+    <w:rsid w:val="00B01CE6"/>
     <w:rsid w:val="00B17CE6"/>
     <w:rsid w:val="00B264F6"/>
+    <w:rsid w:val="00B57960"/>
     <w:rsid w:val="00B7166D"/>
+    <w:rsid w:val="00B763B1"/>
+    <w:rsid w:val="00BC519E"/>
+    <w:rsid w:val="00BD1C48"/>
     <w:rsid w:val="00BF2343"/>
     <w:rsid w:val="00C118DC"/>
     <w:rsid w:val="00C36D03"/>
     <w:rsid w:val="00C40DC7"/>
+    <w:rsid w:val="00C43104"/>
     <w:rsid w:val="00C670DF"/>
     <w:rsid w:val="00C8406A"/>
     <w:rsid w:val="00CC55D6"/>
     <w:rsid w:val="00CE0682"/>
     <w:rsid w:val="00CF1F0B"/>
     <w:rsid w:val="00CF6D64"/>
     <w:rsid w:val="00D16F9C"/>
+    <w:rsid w:val="00D25E9C"/>
     <w:rsid w:val="00D54F83"/>
     <w:rsid w:val="00D5506A"/>
+    <w:rsid w:val="00D57A9F"/>
     <w:rsid w:val="00D755FA"/>
+    <w:rsid w:val="00D97ADD"/>
     <w:rsid w:val="00DA671B"/>
     <w:rsid w:val="00DD776B"/>
+    <w:rsid w:val="00DF4AFC"/>
     <w:rsid w:val="00E13DEF"/>
+    <w:rsid w:val="00E420FD"/>
     <w:rsid w:val="00E4723B"/>
     <w:rsid w:val="00EA4D64"/>
     <w:rsid w:val="00EB5D1E"/>
     <w:rsid w:val="00EF603A"/>
     <w:rsid w:val="00F035FF"/>
     <w:rsid w:val="00F0668F"/>
+    <w:rsid w:val="00F4393E"/>
+    <w:rsid w:val="00F56150"/>
     <w:rsid w:val="00FA7AA4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2D70593C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E6B4B1D8-F525-4DE2-BFAE-FF85B390943B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -10633,50 +14069,253 @@
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B264F6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -10766,50 +14405,1681 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001B2236"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001B2236"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bibliography">
+    <w:name w:val="Bibliography"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="37"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BlockText">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:ind w:left="1152" w:right="1152"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent">
+    <w:name w:val="Body Text First Indent"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:link w:val="BodyTextFirstIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndentChar">
+    <w:name w:val="Body Text First Indent Char"/>
+    <w:basedOn w:val="BodyTextChar"/>
+    <w:link w:val="BodyTextFirstIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
+    <w:name w:val="Body Text First Indent 2"/>
+    <w:basedOn w:val="BodyTextIndent"/>
+    <w:link w:val="BodyTextFirstIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="360" w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndent2Char">
+    <w:name w:val="Body Text First Indent 2 Char"/>
+    <w:basedOn w:val="BodyTextIndentChar"/>
+    <w:link w:val="BodyTextFirstIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
+    <w:name w:val="Body Text Indent 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Closing">
+    <w:name w:val="Closing"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ClosingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:ind w:left="4252"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ClosingChar">
+    <w:name w:val="Closing Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Closing"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Date">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="DateChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DateChar">
+    <w:name w:val="Date Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Date"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DocumentMap">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="DocumentMapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
+    <w:name w:val="Document Map Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="DocumentMap"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="E-mailSignature">
+    <w:name w:val="E-mail Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="E-mailSignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="E-mailSignatureChar">
+    <w:name w:val="E-mail Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="E-mailSignature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
+    <w:name w:val="envelope address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
+      <w:ind w:left="2880"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
+    <w:name w:val="envelope return"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLAddress">
+    <w:name w:val="HTML Address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLAddressChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLAddressChar">
+    <w:name w:val="HTML Address Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLAddress"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index1">
+    <w:name w:val="index 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:ind w:left="200" w:hanging="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index2">
+    <w:name w:val="index 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:ind w:left="400" w:hanging="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index3">
+    <w:name w:val="index 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:ind w:left="600" w:hanging="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index4">
+    <w:name w:val="index 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:ind w:left="800" w:hanging="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index5">
+    <w:name w:val="index 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:ind w:left="1000" w:hanging="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index6">
+    <w:name w:val="index 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:ind w:left="1200" w:hanging="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index7">
+    <w:name w:val="index 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:ind w:left="1400" w:hanging="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index8">
+    <w:name w:val="index 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:ind w:left="1600" w:hanging="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index9">
+    <w:name w:val="index 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:ind w:left="1800" w:hanging="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IndexHeading">
+    <w:name w:val="index heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Index1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:ind w:left="283" w:hanging="283"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:ind w:left="566" w:hanging="283"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:ind w:left="849" w:hanging="283"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List4">
+    <w:name w:val="List 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:ind w:left="1132" w:hanging="283"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List5">
+    <w:name w:val="List 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:ind w:left="1415" w:hanging="283"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="32"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="33"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="34"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet4">
+    <w:name w:val="List Bullet 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="35"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet5">
+    <w:name w:val="List Bullet 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="36"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="566"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="849"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue4">
+    <w:name w:val="List Continue 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1132"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue5">
+    <w:name w:val="List Continue 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1415"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="37"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="38"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="39"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber4">
+    <w:name w:val="List Number 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="40"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber5">
+    <w:name w:val="List Number 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="41"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MacroText">
+    <w:name w:val="macro"/>
+    <w:link w:val="MacroTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3840"/>
+        <w:tab w:val="left" w:pos="4320"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MessageHeader">
+    <w:name w:val="Message Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="MessageHeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:ind w:left="1134" w:hanging="1134"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MessageHeaderChar">
+    <w:name w:val="Message Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MessageHeader"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoteHeading">
+    <w:name w:val="Note Heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="NoteHeadingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoteHeadingChar">
+    <w:name w:val="Note Heading Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="NoteHeading"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PlainText">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PlainTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+    <w:name w:val="Plain Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="PlainText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:before="200" w:after="160"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Salutation">
+    <w:name w:val="Salutation"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SalutationChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SalutationChar">
+    <w:name w:val="Salutation Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Salutation"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Signature">
+    <w:name w:val="Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:ind w:left="4252"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SignatureChar">
+    <w:name w:val="Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Signature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofAuthorities">
+    <w:name w:val="table of authorities"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:ind w:left="200" w:hanging="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofFigures">
+    <w:name w:val="table of figures"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOAHeading">
+    <w:name w:val="toa heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="400"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="600"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="800"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1000"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1400"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1600"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD1C48"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="189993501">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="328409821">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -10827,50 +16097,63 @@
           <w:marTop w:val="100"/>
           <w:marBottom w:val="100"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1025861024">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1068453674">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1291014101">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1741904081">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -11162,75 +16445,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1451</Words>
-  <Characters>10356</Characters>
+  <Words>1733</Words>
+  <Characters>11374</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>94</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Wales Trinity Saint David</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11784</CharactersWithSpaces>
+  <CharactersWithSpaces>13081</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ewa Kazimierska</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>3da19fb1-1179-4d6e-bb58-bad9bf6816f3</vt:lpwstr>
   </property>