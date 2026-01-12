--- v0 (2025-11-19)
+++ v1 (2026-01-12)
@@ -1,3566 +1,4794 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4977D07A" w14:textId="45FA2DD8" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00AC0691" w:rsidP="00152E9D">
-      <w:pPr>
+    <w:p w14:paraId="6F3ECF21" w14:textId="77777777" w:rsidR="00CC3EE9" w:rsidRDefault="00CC3EE9" w:rsidP="00CC3EE9">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:vanish/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk213677766"/>
       <w:r w:rsidRPr="00A406E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29BD7FB4" wp14:editId="65D8D3C3">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C5ECEE4" wp14:editId="7B4A6237">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
+            <wp:positionH relativeFrom="margin">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>145415</wp:posOffset>
+              <wp:posOffset>83799</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1809750" cy="723900"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name="Picture 1" descr="Discover University of Wales Trinity Saint David"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="Discover University of Wales Trinity Saint David"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" r:link="rId8">
+                    <a:blip r:embed="rId8" r:link="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1809750" cy="723900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="NormalWeb"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:ind w:right="840"/>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F783F47" w14:textId="0F48C470" w:rsidR="00CC3EE9" w:rsidRDefault="005023BD" w:rsidP="005023BD">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:ind w:right="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-        <w:t>GA36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>f</w:t>
+        <w:tab/>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="NormalWeb"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:pStyle w:val="NormalWeb"/>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EA6324">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ATODIAD GA36f</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="836"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13858"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0093453D" w:rsidRPr="0093453D" w14:paraId="04BD379C" w14:textId="77777777" w:rsidTr="00AC5F32">
+      <w:tr w:rsidR="00927F22" w14:paraId="497FB6E0" w14:textId="77777777" w:rsidTr="00927F22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13858" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="65DA5A0B" w14:textId="5F732F3D" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="001F50B6">
+          <w:p w14:paraId="46C688ED" w14:textId="569DFC82" w:rsidR="00927F22" w:rsidRPr="00995D51" w:rsidRDefault="00927F22" w:rsidP="00927F22">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="303B44"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="009E4559">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="303B44"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00F65F43" w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>MEINI PRAWF ASESU GENERIG</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="303B44"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="009B24E9" w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> AR GYFER GWYBODAETH, SGILIAU AC YMDDYGIADAU (KSB) – ASESIAD TERFYN</w:t>
+            </w:r>
+            <w:r w:rsidR="00D212B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="303B44"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00F65F43" w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>OL</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="303B44"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...45 lines deleted...]
-              <w:t>SSESSMENT (EPA)</w:t>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (EPA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6A0B0674" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="001F50B6">
-[...8 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="473EFC74" w14:textId="77777777" w:rsidR="00D774FB" w:rsidRDefault="00D774FB"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1615"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13948"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0093453D" w:rsidRPr="0093453D" w14:paraId="56248464" w14:textId="77777777" w:rsidTr="00AC5F32">
+      <w:tr w:rsidR="00927F22" w:rsidRPr="00D9771E" w14:paraId="780A37AE" w14:textId="77777777" w:rsidTr="00927F22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13948" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="4403857A" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="0FDBA309" w14:textId="77777777" w:rsidR="00927F22" w:rsidRPr="00D9771E" w:rsidRDefault="00927F22" w:rsidP="00927F22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="00A30722">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>Level 6</w:t>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Lefel 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093453D" w:rsidRPr="0093453D" w14:paraId="2D525FEB" w14:textId="77777777" w:rsidTr="00E05287">
+      <w:tr w:rsidR="00927F22" w:rsidRPr="00D9771E" w14:paraId="16202885" w14:textId="77777777" w:rsidTr="00927F22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13948" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="51F7DFD2" w14:textId="468500AC" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00391D47" w:rsidP="0050796C">
+          <w:p w14:paraId="28FDFAEC" w14:textId="77777777" w:rsidR="00927F22" w:rsidRDefault="005327F7" w:rsidP="00927F22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidR="00AC5F32" w:rsidRPr="0093453D">
+            <w:r w:rsidR="00927F22" w:rsidRPr="00A30722">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="009C4DB3" w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">r ddiwedd </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00AA18A6" w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gradd-brentisiaeth Integredig </w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22" w:rsidRPr="00A30722">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="009C4DB3" w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dylai fod gan fyfyrwyr wybodaeth gydlynol a manwl a dealltwriaeth systematig o’u maes pwnc, y mae o leiaf rhywfaint o’r rhain </w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00AC5F32" w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>wedi’i seilio ar</w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22" w:rsidRPr="00A30722">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> yr ymchwil diweddaraf a/neu ysgolheictod uwch o fewn y ddisgyblaeth. </w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22" w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22" w:rsidRPr="00A30722">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Byddant yn gallu defnyddio technegau dadansoddi ac ymholi sefydledig yn gywir o fewn disgyblaeth, gan ddefnyddio’u dealltwriaeth gysyniadol i ddyfeisio a chynnal dadleuon a/neu i ddatrys problemau. </w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22" w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22" w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dylent fod yn ymwybodol o ansicrwydd ac amwysedd gwybodaeth a’r cyfyngiadau arni. </w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22" w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22" w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Dylent allu gwerthuso’n feirniadol dystiolaeth, dadleuon, tybiaethau, cysyniadau haniaethol a data (a allai fod yn anghyflawn), i lunio barn, ac i fframio cwestiynau priodol er mwyn cyrraedd ateb - neu ddynodi ystod o atebion.</w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22" w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Byddant yn cymhwyso’r dulliau a’r technegau maent wedi’u dysgu i adolygu, cadarnhau, ymestyn a chymhwyso eu gwybodaeth a’u dealltwriaeth, a chychwyn a chyflawni prosiectau.</w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22" w:rsidRPr="00021AFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22" w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Bydd ganddynt y gallu i reoli eu dysgu eu hunain, a manteisio ar adolygiadau ysgolheigaidd a ffynonellau gwreiddiol (er enghraifft, erthyglau ymchwil a adolygwyd a/neu ddeunyddiau gwreiddiol sy’n briodol i’r ddisgyblaeth).</w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22" w:rsidRPr="00021AFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22" w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Byddant yn arddangos y rhinweddau a'r sgiliau trosglwyddadwy angenrheidiol ar gyfer cyflogaeth sy’n gofyn am y canlynol:</w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22" w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">arfer menter a chyfrifoldeb personol; gwneud penderfyniadau mewn cyd-destunau cymhleth ac anrhagweladwy; y gallu </w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>i d</w:t>
+            </w:r>
+            <w:r w:rsidR="00927F22" w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dysgu sydd ei angen i ymgymryd â hyfforddiant pellach priodol o natur broffesiynol neu gyfatebol. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B06FCE1" w14:textId="2264B42D" w:rsidR="00403DFB" w:rsidRPr="00B669B1" w:rsidRDefault="00403DFB" w:rsidP="00927F22">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="4C369209" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="00C073F1">
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1735"/>
         <w:gridCol w:w="1736"/>
         <w:gridCol w:w="1736"/>
         <w:gridCol w:w="1736"/>
         <w:gridCol w:w="1736"/>
         <w:gridCol w:w="1736"/>
         <w:gridCol w:w="1736"/>
         <w:gridCol w:w="1736"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0093453D" w:rsidRPr="0093453D" w14:paraId="251F0991" w14:textId="77777777" w:rsidTr="00AC5F32">
+      <w:tr w:rsidR="00F217F6" w:rsidRPr="00D9771E" w14:paraId="338AF78A" w14:textId="77777777" w:rsidTr="00AA4930">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="648D510A" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="67156751" w14:textId="77777777" w:rsidR="00403DFB" w:rsidRDefault="00403DFB" w:rsidP="00357A2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B20184B" w14:textId="7CA1D280" w:rsidR="00F217F6" w:rsidRPr="00C73F6F" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Level 6</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Lefel 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C6ACA72" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="2950C8DE" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t>FAIL</w:t>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>METHU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41935C94" w14:textId="77777777" w:rsidR="00F65F43" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="1B36BB67" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...20 lines deleted...]
-              <w:t>FAIL</w:t>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">METHU FFINIOL </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="400CA315" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="1DC00E3A" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="3FD93EB6" w14:textId="58AA00C8" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>BODDHAOL</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BEE7633" w14:textId="593B4FFB" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00F65F43" w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>(L</w:t>
+            </w:r>
+            <w:r w:rsidR="00403DFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>LWYDDO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C479D0B" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="36396608" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="32606911" w14:textId="0CECEBC0" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>DA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="530C2323" w14:textId="623BFF5B" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00F65F43" w:rsidRPr="0093453D">
+            <w:r w:rsidR="00403DFB" w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>LLWYDDO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37AB8240" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="13ACD494" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="49B09941" w14:textId="781CD839" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>DA IAWN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6863E397" w14:textId="426C4884" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00F65F43" w:rsidRPr="0093453D">
+            <w:r w:rsidR="00403DFB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>LLWYDDO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F441CF" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="5B1F100A" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="338D6AF5" w14:textId="277E847A" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>RHAGOROL</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51B736F5" w14:textId="32D2B797" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="009B24E9" w:rsidRPr="0093453D">
+            <w:r w:rsidR="00403DFB" w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>RHAGORIAETH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="534CFACA" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="7CC44159" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="4B3E03A7" w14:textId="71B6F4A5" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>EITHRIADOL</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="100BE633" w14:textId="79C6CAF5" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="009B24E9" w:rsidRPr="0093453D">
+            <w:r w:rsidR="00403DFB" w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>RHAGORIAETH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093453D" w:rsidRPr="0093453D" w14:paraId="67A4F129" w14:textId="77777777" w:rsidTr="00AC5F32">
+      <w:tr w:rsidR="00F217F6" w:rsidRPr="00D9771E" w14:paraId="3FD7E181" w14:textId="77777777" w:rsidTr="00AA4930">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="32BEC8BB" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="754727C5" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:ind w:left="171"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t>Category</w:t>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Categori </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5C278B98" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="45CDAB13" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="00D9771E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0-29%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="74232201" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="7E28D123" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30-39%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="02DC6DC3" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="7EEC38BA" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="00D9771E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40-49%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5D6B8CCF" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="47493214" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="00D9771E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50-59%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0205B92C" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="5E130281" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="00D9771E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>60-69%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="309D7A8B" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="1A53F585" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>70-84%</w:t>
+              <w:t>70-84</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D9771E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="2472EAC3" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="21FE9CF3" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>85-100%</w:t>
+              <w:t>85</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D9771E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093453D" w:rsidRPr="0093453D" w14:paraId="24D39830" w14:textId="77777777" w:rsidTr="00AC5F32">
+      <w:tr w:rsidR="00F217F6" w:rsidRPr="00D9771E" w14:paraId="12916458" w14:textId="77777777" w:rsidTr="00AA4930">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6CAC12E3" w14:textId="782D41FF" w:rsidR="00C073F1" w:rsidRPr="0048568A" w:rsidRDefault="00C073F1" w:rsidP="00F65F43">
+          <w:p w14:paraId="57F2F9CA" w14:textId="251FF8F1" w:rsidR="00F217F6" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:spacing w:before="34"/>
               <w:ind w:left="108" w:right="-54"/>
-              <w:rPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="0093453D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Engagement with </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F65F43" w:rsidRPr="0093453D">
+            </w:pPr>
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ymgysylltu â </w:t>
+            </w:r>
+            <w:r w:rsidR="005327F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KSB </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F6591C0" w14:textId="4DB18A94" w:rsidR="00F217F6" w:rsidRDefault="005327F7" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="108" w:right="-54"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>(mae’r prentis wedi ymgysylltu â</w:t>
+            </w:r>
+            <w:r w:rsidR="008751A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>’r</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KSB</w:t>
+            </w:r>
+            <w:r w:rsidR="008751A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ac wedi’u cyflwyno ar ffurf sy’n dangos dealltwriaeth o’u pwysigrwydd o fewn y diwydiant</w:t>
+            </w:r>
+            <w:r w:rsidR="00F217F6" w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00F217F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...6 lines deleted...]
-              <w:t>(the apprentice has engaged with the KSB and presented them in a format that demonstrates understanding of their importance within the industry)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="205D6DDA" w14:textId="2832805E" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...59 lines deleted...]
-              <w:t>incoherently or largely absent.</w:t>
+          <w:p w14:paraId="169544A6" w14:textId="00E94A15" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fawr ddim neu ddim tystiolaeth o </w:t>
+            </w:r>
+            <w:r w:rsidR="00A7484D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ymgysylltu, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">neu mae dibyniaeth ar ffynonellau amhriodol. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77775C3C" w14:textId="53BD838D" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Safbwyntiau a chanfyddiadau ar y cyfan heb </w:t>
+            </w:r>
+            <w:r w:rsidR="00A7484D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eu cefnogi </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ac yn anawdurdodol.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="391A5206" w14:textId="497AE815" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00A7484D" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Esboniadau yn </w:t>
+            </w:r>
+            <w:r w:rsidR="00F217F6" w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">anghydlynol neu ar y cyfan maent yn absennol. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="741CCE04" w14:textId="48ADD056" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="41C97D22" w14:textId="3D7E4B6E" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ymgysylltu gwael â </w:t>
+            </w:r>
+            <w:r w:rsidR="002A4040">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
               <w:t>KSB</w:t>
             </w:r>
-            <w:r w:rsidRPr="0093453D">
-[...3 lines deleted...]
-              <w:t>. No evidence of wider reading. Reliance on inappropriate sources, and/or indiscriminate use of sources. Heavily reliant on information gained through class contact. Inconsistent and weak use of referencing.</w:t>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009200F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dim tystiolaeth o ddarllen ehangach. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Yn dibynnu ar ffynonellau amhriodol, a/neu</w:t>
+            </w:r>
+            <w:r w:rsidR="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>’n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> defnyddio ffynonellau’n ddiofal.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009200F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yn ddibynnol iawn ar wybodaeth a gafwyd drwy gyswllt â’r dosbarth. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009200F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Defnydd anghyson a gwan o gyfeirnodi. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="101869F7" w14:textId="4F1E4E0E" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...64 lines deleted...]
-              <w:t xml:space="preserve"> not always applied accurately or consistently.</w:t>
+          <w:p w14:paraId="69D249BB" w14:textId="10D9270F" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Ymgysylltu ag ystod gyfyngedig o </w:t>
+            </w:r>
+            <w:r w:rsidR="002A4040">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KSB sydd fwyaf </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">perthnasol </w:t>
+            </w:r>
+            <w:r w:rsidR="002A4040">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>i’w llwybr</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Peth esgeulustod a mân wallau. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4363769B" w14:textId="237B32B0" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00D1569D" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tystiolaeth </w:t>
+            </w:r>
+            <w:r w:rsidR="00F217F6" w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>heb e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidR="00F217F6" w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> c</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>h</w:t>
+            </w:r>
+            <w:r w:rsidR="00F217F6" w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ymhwyso’n gywir nac yn gyson bob tro. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CE6AFF5" w14:textId="645F9FA3" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="59C9F2D2" w14:textId="1BDE6E34" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Ymgysylltu ag ystod briodol o ffynonellau</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a gweithgareddau i gadarnhau dealltwriaeth o KSB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="00F65F43" w:rsidRPr="0093453D">
-[...9 lines deleted...]
-              <w:t>may show minor inaccuracies or inconsistencies.</w:t>
+            <w:r w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Rhywfaint o orddibyniaeth ar d</w:t>
+            </w:r>
+            <w:r w:rsidR="00D1569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ystiolaeth destunol</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gall y </w:t>
+            </w:r>
+            <w:r w:rsidR="00D1569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dystiolaeth </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ddangos mân anghywirdebau neu anghysonderau. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18F9445D" w14:textId="6C7ED21C" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...58 lines deleted...]
-              <w:t>with no/very few inaccuracies or inconsistencies.</w:t>
+          <w:p w14:paraId="33754C50" w14:textId="4B674276" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00F4396D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Ymgysylltu ag ystod eang o ffynonellau a</w:t>
+            </w:r>
+            <w:r w:rsidR="00F4396D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gweithgareddau </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gyrchwyd yn annibynnol</w:t>
+            </w:r>
+            <w:r w:rsidR="00F4396D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i gadarnhau dealltwriaeth o KSB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35FD73BA" w14:textId="7EC6FB37" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F4396D" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Tystiolaeth dd</w:t>
+            </w:r>
+            <w:r w:rsidR="00F217F6" w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a iawn </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">gyda </w:t>
+            </w:r>
+            <w:r w:rsidR="00F217F6" w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>fawr ddim/dim anghywirdebau neu anghysonderau.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A6FAE04" w14:textId="73D00875" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="574D782B" w14:textId="12C0EE73" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ymgysylltu ag ystod helaeth o </w:t>
+            </w:r>
+            <w:r w:rsidR="001116B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ffynonellau p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>erthnasol a chredadwy</w:t>
+            </w:r>
+            <w:r w:rsidR="001116B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i gadarnhau dealltwriaeth drylwyr o KSB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3973A6D2" w14:textId="75DC4D78" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5207DC0B" w14:textId="2494B3A2" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ymgysylltu eithriadol ag ystod helaeth o </w:t>
+            </w:r>
+            <w:r w:rsidR="00E76703">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ffynonellau p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>erthnasol a chredadwy</w:t>
+            </w:r>
+            <w:r w:rsidR="00E76703">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i gadarnhau dealltwriaeth drylwyr o KSB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0093453D">
-[...3 lines deleted...]
-              <w:t>skills consistently and professionally applied.</w:t>
+            <w:r w:rsidRPr="001F7C7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Sgiliau ar lefel uchel</w:t>
+            </w:r>
+            <w:r w:rsidR="00E76703">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>wedi’u cymhwyso’n gyson ac yn broffesiynol.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093453D" w:rsidRPr="0093453D" w14:paraId="5A8AF33A" w14:textId="77777777" w:rsidTr="00AC5F32">
+      <w:tr w:rsidR="00F217F6" w:rsidRPr="00D9771E" w14:paraId="0ED6778E" w14:textId="77777777" w:rsidTr="00AA4930">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="6482315E" w14:textId="1F94E909" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="6EC34F58" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:spacing w:before="34"/>
               <w:ind w:left="108" w:right="-54"/>
-              <w:rPr>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0093453D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Knowledge and understanding </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0093453D">
+            </w:pPr>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gwybodaeth a dealltwriaeth</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55C7D8D4" w14:textId="5BF4A862" w:rsidR="00F217F6" w:rsidRPr="00CA7DB9" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="108" w:right="-54"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Coherent and </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0093453D">
+            </w:pPr>
+            <w:r w:rsidRPr="003D2A11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F65F43" w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D318A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gwybodaeth gydlynol a manwl a dealltwriaeth systematig o</w:t>
+            </w:r>
+            <w:r w:rsidR="009150AD" w:rsidRPr="00D318A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="71ACCB5F" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KSB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D318A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D318A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">gydag o leiaf </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D318A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>rywfaint o</w:t>
+            </w:r>
+            <w:r w:rsidR="00D318A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hyn yn </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D318A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>seili</w:t>
+            </w:r>
+            <w:r w:rsidR="00D318A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">edig </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D318A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ar yr ymchwil diweddaraf a/neu ysgolheictod uwch o fewn y ddisgyblaeth.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ED63293" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00D9771E" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:spacing w:before="34"/>
               <w:ind w:left="108" w:right="-54"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D02EEC1" w14:textId="054A3FC9" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="2A5F3162" w14:textId="62535E57" w:rsidR="00F217F6" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
-[...26 lines deleted...]
-          <w:p w14:paraId="448E23AD" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Bylchau mawr yn y wybodaeth a’r ddealltwriaeth systematig o’r maes pwnc</w:t>
+            </w:r>
+            <w:r w:rsidR="009150AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a KSBs cysylltiedig</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Anghywirdebau sylweddol.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dim ymwybyddiaeth o wybodaeth am yr ymchwil diweddaraf a/neu o ysgolheictod uwch yn y ddisgyblaeth. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20F6395F" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1BFB7B37" w14:textId="1033ACFD" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="2103B0E7" w14:textId="364BC829" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00D774FB">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
-[...23 lines deleted...]
-              <w:t>. Some significant inaccuracies and/or irrelevant material.  No awareness of knowledge of the latest research and/or advanced scholarship within the discipline.</w:t>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bylchau yn y wybodaeth, gyda dealltwriaeth systematig </w:t>
+            </w:r>
+            <w:r w:rsidR="00D774FB" w:rsidRPr="00D774FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">arwynebol yn unig </w:t>
+            </w:r>
+            <w:r w:rsidR="009150AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>o egwyddorion perthnasol a KSBs perthnasol</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rhai anghywirdebau sylweddol a/neu ddeunydd amherthnasol. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dim ymwybyddiaeth o wybodaeth am yr ymchwil diweddaraf a/neu o ysgolheictod uwch yn y ddisgyblaeth. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19B2BEE1" w14:textId="2EBCBC3D" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="25A65B05" w14:textId="5D17C500" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
-[...35 lines deleted...]
-              <w:t xml:space="preserve">within the subject area which to some limited extent, is informed by current research and scholarship. </w:t>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gwybodaeth a dealltwriaeth systematig gyfyngedig o’r cysyniadau</w:t>
+            </w:r>
+            <w:r w:rsidR="00D774FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  egwyddorion</w:t>
+            </w:r>
+            <w:r w:rsidR="00D774FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a KSBs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> perthnasol yn y maes pwnc sydd i raddau cyfyngedig, wedi’u seilio ar ymchwil ac ysgolheictod cyfredol. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="795185AB" w14:textId="58886EBA" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="79FEA521" w14:textId="557705C7" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> and to some extent, current research and scholarship.</w:t>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’r wybodaeth yn gymharol fanwl a chywir gyda dealltwriaeth systematig dda o’r maes astudio</w:t>
+            </w:r>
+            <w:r w:rsidR="00D774FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, KSBs cysylltiedig, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ac i ryw raddau, o ymchwil ac ysgolheictod cyfredol. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4781D959" w14:textId="3D91C76A" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="3911ECC8" w14:textId="3D7FCA95" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
-[...23 lines deleted...]
-              <w:t xml:space="preserve">and the work is, at least in part, well-informed by current research and scholarship. </w:t>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mae’r wybodaeth yn gymharol helaeth, gydlynol a manwl. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arddengys ddealltwriaeth dda iawn o ehangder a manylder safbwyntiau sefydledig, </w:t>
+            </w:r>
+            <w:r w:rsidR="007D02ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KSBs cysylltiedig, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ac mae’r gwaith, yn rhannol o leiaf, wedi’i seilio’n dda ar ymchwil ac ysgolheictod cyfredol. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B7BF848" w14:textId="7E390787" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="7FB58FFE" w14:textId="097A5FCF" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
-[...35 lines deleted...]
-              <w:t>. Clear awareness of challenges to established views and the limitations of the knowledge base.</w:t>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gwybodaeth a dealltwriaeth systematig gydlynol, fanwl, ragorol o egwyddorion a theorïau ymchwil</w:t>
+            </w:r>
+            <w:r w:rsidR="007D02ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ac </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ysgolheictod cyfredol</w:t>
+            </w:r>
+            <w:r w:rsidR="007D02ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a KSBs perthnasol</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Ymwybyddiaeth glir o heriau i safbwyntiau sefydledig a chyfyngiadau’r sail wybodaeth.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DF0D0E7" w14:textId="6CE2C8B7" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="7361ED38" w14:textId="3650FEFD" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
-[...35 lines deleted...]
-              <w:t>, well-informed by current research and scholarship. A critical, sophisticated and nuanced awareness of the ambiguities and limitations of knowledge.</w:t>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gwybodaeth a dealltwriaeth systematig gydlynol, fanwl, eithriadol o egwyddorion</w:t>
+            </w:r>
+            <w:r w:rsidR="000D7C59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>theorïau’r pwnc</w:t>
+            </w:r>
+            <w:r w:rsidR="000D7C59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a KSBs perthnasol</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> wedi’u seilio’n dda ar ymchwil ac ysgolheictod cyfredol. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE0135">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D2A11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ymwybyddiaeth feirniadol, soffistigedig a manwl o amwyseddau a’r cyfyngiadau ar wybodaeth. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093453D" w:rsidRPr="0093453D" w14:paraId="774075D5" w14:textId="77777777" w:rsidTr="00AC5F32">
+      <w:tr w:rsidR="00F217F6" w:rsidRPr="00D9771E" w14:paraId="78FA1B53" w14:textId="77777777" w:rsidTr="00AA4930">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="1FA1D296" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="54B53FF4" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:spacing w:before="34" w:line="239" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="-54"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="00C91FC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="1"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Sgiliau gwybyddol a deallusol</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>i</w:t>
-[...41 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0093453D">
-[...76 lines deleted...]
-          <w:p w14:paraId="1E188828" w14:textId="533B0C4A" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          </w:p>
+          <w:p w14:paraId="4863446A" w14:textId="7B7B4725" w:rsidR="00F217F6" w:rsidRPr="00F65EEE" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:spacing w:before="34" w:line="239" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="-54"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="00C91FC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="009B24E9" w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Meddwl cysyniadol a beirniadol, dadansoddi, synthesis a gwerthuso ymchwil, tybiaethau, cysyniadau haniaethol a data </w:t>
+            </w:r>
+            <w:r w:rsidR="00F36010">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t>to underpin evidence within the KSB).</w:t>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidR="00F65145">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fod yn sail i d</w:t>
+            </w:r>
+            <w:r w:rsidR="00F36010">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ystiolaeth o fewn y KSB).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E2C1AD5" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...25 lines deleted...]
-          <w:p w14:paraId="542CFF3E" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="23446902" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gwaith hollol neu bron yn hollol ddisgrifiadol. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fawr ddim neu ddim dadansoddi, synthesis neu werthuso. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="127D24AE" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wedi methu datblygu dadleuon, gan arwain at farn afresymegol neu annilys. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Cyffredinoliadau heb sail, wedi’u gwneud heb ddefnyddio unrhyw dystiolaeth gredadwy.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65F4EE77" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D48BFDE" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...9 lines deleted...]
-              <w:t>Largely descriptive work, with superficial use of critical evaluation. Weak development of arguments and judgements. Information accepted uncritically, uses generalised statements made with scant evidence and unsubstantiated opinions. Ideas sometimes illogical and contradictory.</w:t>
+          <w:p w14:paraId="006D4179" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gwaith disgrifiadol ar y cyfan, gyda defnydd arwynebol o werthuso beirniadol. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Datblygu gwan ar ddadleuon a barn. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00413903">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Derbynnir gwybodaeth yn anfeirniadol, defnyddia ddatganiadau cyffredinol heb fawr o dystiolaeth a barn heb sail. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Syniadau weithiau’n afresymegol ac yn gwrthddweud ei gilydd.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AF59964" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...38 lines deleted...]
-          <w:p w14:paraId="4C415BB9" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="7A756431" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ymgais cyfyngedig at feddwl beirniadol, dadansoddi, synthesis a gwerthuso, gan dueddu tuag at ddisgrifio. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0491B693" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Peth tystiolaeth i gefnogi dadleuon a barn cynyddol ond gall y rhain fod heb eu datblygu’n ddigonol neu ag ychydig o anghysondeb / camddehongli. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6515CD56" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00E518DC" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yn haeru’n hytrach na dadlau achos. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10735554" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0268AF76" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...42 lines deleted...]
-              <w:t>to assert/state opinion rather than argue on the basis of reason and evidence.</w:t>
+          <w:p w14:paraId="339D3F5F" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Rhywfaint o feddwl beirniadol, dadansoddi, synthesis a gwerthuso.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gall ddadansoddi cysyniadau a data newydd a/neu haniaethol heb arweiniad.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="329500C5" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Ymwybyddiaeth gynyddol o wahanol safbwyntiau, a gallu i ddefnyddio tystiolaeth (a allai fod yn anghyflawn) i gefnogi’r ddadl.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="194B5691" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dadleuon dilys a barn resymegol ar y cyfan. </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rhywfaint o duedd i haeru / datgan barn yn hytrach na dadlau ar sail rheswm a thystiolaeth. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F11F120" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...13 lines deleted...]
-          <w:p w14:paraId="3E5C21D5" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="7A44B9B6" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Meddwl beirniadol, dadansoddi, synthesis a gwerthuso cadarn gan arddangos meddwl beirniadol. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gallu i ddyfeisio a chynnal dadleuon argyhoeddiadol ac i adolygu dibynadwyedd, dilysrwydd ac arwyddocâd tystiolaeth (a allai fod yn anghyflawn) er mwyn llunio barn briodol a dilys ar y cyfan.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39956E6F" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F8AAD9C" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...19 lines deleted...]
-          <w:p w14:paraId="36333395" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="34BA60C8" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Meddwl beirniadol, dadansoddi, synthesis a gwerthuso rhagorol.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002637C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gallu i ymchwilio i wybodaeth groes neu anghyflawn a llunio dadleuon cadarn, argyhoeddiadol a barn soffistigedig. </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rhywfaint o dystiolaeth o feddwl yn annibynnol a gallu i ‘weld y tu hwnt i’r cwestiwn', gan awgrymu gafael ar y maes a’r cysyniadau ehangach.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D1FA4EE" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="654EA2FC" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...30 lines deleted...]
-              <w:t>question’, suggesting an outstanding grasp of the broader field and wider concepts.</w:t>
+          <w:p w14:paraId="72073B37" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Meddwl beirniadol, dadansoddi, synthesis a gwerthuso eithriadol wedi’u seilio ar dystiolaeth a ddewiswyd yn ddoeth. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A779775" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gallu i ymchwilio i wybodaeth groes neu anghyflawn a llunio dadleuon cadarn, argyhoeddiadol a barn soffistigedig, fanwl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C91FC0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tystiolaeth o feddwl yn annibynnol a gallu i ‘weld y tu hwnt i’r cwestiwn', gan awgrymu gafael ragorol ar y maes a’r cysyniadau ehangach.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093453D" w:rsidRPr="0093453D" w14:paraId="0254F01E" w14:textId="77777777" w:rsidTr="00AC5F32">
+      <w:tr w:rsidR="00F217F6" w:rsidRPr="005023BD" w14:paraId="6A17D385" w14:textId="77777777" w:rsidTr="00AA4930">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="7EF553C7" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="2DF7255B" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:spacing w:before="34" w:line="239" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="-54"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093453D">
+            <w:r w:rsidRPr="008E5E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...4 lines deleted...]
-          <w:p w14:paraId="5F8E3B0D" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Sgiliau ymarferol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D60E49A" w14:textId="77DFFEE3" w:rsidR="00F217F6" w:rsidRPr="005023BD" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:spacing w:before="34" w:line="239" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="-54"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>(Cymhwyso / defnyddio offer a thechnegau sefydledig yn gywir; cychwyn a chyflawni prosiectau; llunio atebion i ddatrys problemau mewn cyd-destunau cymhleth ac anrhagweladwy.)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C25885">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-              <w:t xml:space="preserve">Apprentices should demonstrate practical competence aligned to the Skills in apprenticeship standard, with clear integration of KSBs in real-world, occupationally relevant settings. </w:t>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dylai prentisiaid ddangos cymhwysedd ymarferol sy’n cyd-fynd â’r Sgiliau mewn safon prentisiaeth, gan integreiddio KSBs yn glir mewn lleoliadau byd go iawn, sy’n berthnasol yn alwedigaethol.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CD0E522" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...78 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="092EF244" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="005023BD" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Defnydd cyfyngedig, neu ddim defnydd o ddulliau, deunyddiau, offer a/neu dechnegau.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6910DA2A" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="005023BD" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fawr ddim neu ddim gwerthfawrogiad o gyd-destun y cymhwyso. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="468E77B1" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="005023BD" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dealltwriaeth gyfyngedig o gymhwyso theori i arfer neu o wneud cysylltiadau priodol rhwng y ddau. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6292937F" w14:textId="36BB481D" w:rsidR="00F217F6" w:rsidRPr="00D20AC1" w:rsidRDefault="00F217F6" w:rsidP="00D20AC1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D20AC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Sgiliau datrys problemau gwan iawn mewn cyd-destunau</w:t>
+            </w:r>
+            <w:r w:rsidR="00D20AC1" w:rsidRPr="00D20AC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D20AC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> cymhleth ac anrhagweladwy.  </w:t>
+            </w:r>
+            <w:r w:rsidR="00D20AC1" w:rsidRPr="00D20AC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Nid yw KSBs (S</w:t>
+            </w:r>
+            <w:r w:rsidR="00D20AC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidR="00D20AC1" w:rsidRPr="00D20AC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>iliau) yn cael eu harddangos neu maent yn sylfaenol ddif</w:t>
+            </w:r>
+            <w:r w:rsidR="00D20AC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidR="00D20AC1" w:rsidRPr="00D20AC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ygiol</w:t>
+            </w:r>
+            <w:r w:rsidR="008751A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
               <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D20AC1" w:rsidRPr="00D20AC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dim tystiolaeth o arferion gweithio diogel neu gymwys.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0239170B" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...68 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2C3152F1" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="005023BD" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Cymhwyso dulliau, deunyddiau, offer a/neu dechnegau mewn modd elfennol ond heb ystyriaeth na chymhwysedd.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005023BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gwerthfawrogiad diffygiol o gyd-destun y cymhwyso. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B47BF4A" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="005023BD" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dealltwriaeth wan o gymhwyso theori i arfer, gyda thystiolaeth achlysurol yn unig o wneud cysylltiadau priodol rhwng y ddau. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005023BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sgiliau datrys problemau gwan mewn cyd-destunau cymhleth ac anrhagweladwy. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005023BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A826EA0" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="005023BD" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2601B961" w14:textId="5EB36DAF" w:rsidR="00482588" w:rsidRPr="00482588" w:rsidRDefault="00482588" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00482588">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gallu cyfyngedig i gynnig neu gyfiawnhau datrysiadau. Rhoddir cynnig ar sgiliau o</w:t>
+            </w:r>
+            <w:r w:rsidR="008751A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>’r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00482588">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KSBs ond nid ydynt yn cael eu dangos </w:t>
+            </w:r>
+            <w:r w:rsidR="00F97DFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00482588">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lefel llwyddo. Nid yw’r gweithredu’n dangos annibyniaeth a rheolaeth.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48DAA39A" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D418C03" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...61 lines deleted...]
-              <w:t>Some independence evident, though limited critical reflection.</w:t>
+          <w:p w14:paraId="06C31C9F" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Ymwybyddiaeth ddigonol a chymhwyso dulliau, deunyddiau, offer a/neu dechnegau sefydledig mewn modd priodol ar y cyfan.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="062DB2CB" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gwerthfawrogiad sylfaenol o gyd-destun y cymhwyso. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gwybodaeth a dealltwriaeth ddamcaniaethol wedi’u cymhwyso’n ymarferol, ond heb wneud cysylltiadau rhesymegol rhwng y ddau bob tro. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2230BD9C" w14:textId="31C711D9" w:rsidR="00F217F6" w:rsidRPr="005023BD" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gall ddynodi problemau a chynnig atebion sylfaenol mewn cyd-destunau cymhleth ac anrhagweladwy heb werthfawrogi’r cymhlethdod yn llawn.</w:t>
+            </w:r>
+            <w:r w:rsidR="00435577">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dangosir KSBs allweddol i safonau trothwy. Mae peth annibyniaeth yn amlwg, ond mae’r adfyfyrio beirniadol yn gyfyngedig.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005023BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FBE91F6" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...39 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="42E6D56D" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="005023BD" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Cymhwyso dulliau, deunyddiau, offer a/neu dechnegau safonol mewn modd da a phriodol.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C968294" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="007F34F8" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gwerthfawrogiad eglur o gyd-destun y cymhwyso. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F34F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cymhwyso theori i arfer mewn modd cyson, cywir a rhesymegol ar y cyfan, gan wneud cysylltiadau priodol rhwng y ddau. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="251C2249" w14:textId="362A6493" w:rsidR="00F217F6" w:rsidRPr="007F34F8" w:rsidRDefault="00F217F6" w:rsidP="007D37C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gall ddynodi problemau a chynnig atebion priodol ar y cyfan mewn cyd-destunau cymhleth ac anrhagweladwy.</w:t>
+            </w:r>
+            <w:r w:rsidR="007D37C8" w:rsidRPr="007D37C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tystiolaeth </w:t>
+            </w:r>
+            <w:r w:rsidR="007D37C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">glir o’r KSBs (sgiliau) gofynnol a dulliau gweithio diogel. </w:t>
+            </w:r>
+            <w:r w:rsidR="004A5F28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>De</w:t>
+            </w:r>
+            <w:r w:rsidR="007D37C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ng</w:t>
+            </w:r>
+            <w:r w:rsidR="004A5F28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r w:rsidR="007D37C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>s ymr</w:t>
+            </w:r>
+            <w:r w:rsidR="00605D31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="007D37C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>olaeth a meddwl beirniadol sylfaenol</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D491B87" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...61 lines deleted...]
-              <w:t>Evidence of reflection and the ability to adapt or improve methods.</w:t>
+          <w:p w14:paraId="435C1F0A" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="007F34F8" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Cymhwyso ystod o ddulliau, deunyddiau, offer a/neu dechnegau mewn modd da iawn.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="401F9847" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="007F34F8" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ystyriaeth dda iawn o gyd-destun y cymhwyso, gyda mewnwelediad treiddgar.  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F34F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gall ddynodi problemau a chynnig atebion priodol mewn cyd-destunau cymhleth ac anrhagweladwy.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1721A6E0" w14:textId="420D65EB" w:rsidR="00F217F6" w:rsidRPr="005023BD" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Tystiolaeth o beth arloesi a chreadigrwydd.</w:t>
+            </w:r>
+            <w:r w:rsidR="00605D31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F97DFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae y</w:t>
+            </w:r>
+            <w:r w:rsidR="00605D31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">stod eang o KSBs </w:t>
+            </w:r>
+            <w:r w:rsidR="00F14274">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">yn cael eu </w:t>
+            </w:r>
+            <w:r w:rsidR="00605D31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>harddangos yn hyderus a chymwys. Tystiolaeth o adfyfyrio a’r gallu i addasu neu wella dulliau.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005023BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32768682" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...61 lines deleted...]
-              <w:t xml:space="preserve">Clear evidence of reflection, improvement, self-direction. </w:t>
+          <w:p w14:paraId="010B9301" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="005023BD" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Cymhwyso ystod o ddulliau, deunyddiau, offer a/neu dechnegau mewn modd uwch.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3413469C" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="005023BD" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mae cyd-destun y cymhwyso yn ystyriol ac yn dreiddgar. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62889FD2" w14:textId="05BB4A8F" w:rsidR="00F217F6" w:rsidRPr="00B669B1" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’r cymhwyso a’r defnyddio’n mynd y tu hwnt i gonfensiynau sefydledig.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005023BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gall ddynodi problemau cymhleth a chynnig atebion rhagorol. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005023BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Arloesi a chreadigrwydd yn amlwg.</w:t>
+            </w:r>
+            <w:r w:rsidR="0000184E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KSBs (sgiliau) </w:t>
+            </w:r>
+            <w:r w:rsidR="00F14274">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">yn cael eu </w:t>
+            </w:r>
+            <w:r w:rsidR="0000184E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>harddangos</w:t>
+            </w:r>
+            <w:r w:rsidR="00F14274">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F93EC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">at </w:t>
+            </w:r>
+            <w:r w:rsidR="0000184E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>safon broffesiynol uchel yn gyson. Tystiolaeth glir o adfyfyrio, gwella a hunan-gyfeiriad</w:t>
+            </w:r>
+            <w:r w:rsidR="00F14274">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="0000184E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00B0E6EB" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...35 lines deleted...]
-              <w:t xml:space="preserve">Outcomes informed by the latest research or best practice in the field. </w:t>
+          <w:p w14:paraId="2E6815C4" w14:textId="1A558369" w:rsidR="00F217F6" w:rsidRPr="005023BD" w:rsidRDefault="00F217F6" w:rsidP="00F93EC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lefelau eithriadol o sgiliau cymhwyso a defnyddio mewn cyd-destunau ymarferol, anrhagweladwy, gan dynnu’n fedrus ar yr ymchwil diweddaraf yn y ddisgyblaeth. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gall ddynodi problemau cymhleth a chynnig atebion soffistigedig. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cymathu a datblygu prosesau a thechnegau </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>blaenllaw</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E5E76">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00F14274">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> KSBs (sgiliau) yn cael eu harddangos </w:t>
+            </w:r>
+            <w:r w:rsidR="00F93EC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ar lefel ragorol</w:t>
+            </w:r>
+            <w:r w:rsidR="00676555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, gan dystio i barodrwydd ar gyfer rolau uwch neu strategol. Deilliannau’n cael eu llywio gan yr ymchwil diweddaraf </w:t>
+            </w:r>
+            <w:r w:rsidR="00F93EC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00676555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>neu arfer gorau yn y maes</w:t>
+            </w:r>
+            <w:r w:rsidR="00F93EC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00676555">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093453D" w:rsidRPr="0093453D" w14:paraId="634A99F0" w14:textId="77777777" w:rsidTr="00AC5F32">
+      <w:tr w:rsidR="00F217F6" w:rsidRPr="005023BD" w14:paraId="2D73A5F7" w14:textId="77777777" w:rsidTr="00AA4930">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="0F8C5591" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
+          <w:p w14:paraId="2F1A94EC" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="005023BD" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:spacing w:before="34" w:line="239" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="-54"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0093453D">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00485CBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="30453AB0" w14:textId="1B535DCF" w:rsidR="00623D6A" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="00623D6A">
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Sgiliau trosglwyddadwy ar gyfer bywyd ac arfer proffesiynol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29CFE206" w14:textId="305C0DD3" w:rsidR="00F217F6" w:rsidRPr="005023BD" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
             <w:pPr>
               <w:spacing w:before="34" w:line="239" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="-54"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...40 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00485CBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>(Arfer menter a chyfrifoldeb personol; datblygiad proffesiynol; cychwyn  a chwblhau tasgau a gweithdrefnau: yn unigol a / neu’n gydweithredol; defnyddio cyfryngau priodol i gyfathrebu’n effeithiol; rhuglder mynegiant; eglurder ac effeithiolrwydd o ran cyflwyniad a threfn</w:t>
+            </w:r>
+            <w:r w:rsidR="00B527B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> yn cael eu harddangos </w:t>
+            </w:r>
+            <w:r w:rsidR="000A20B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r w:rsidR="00B527B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n </w:t>
+            </w:r>
+            <w:r w:rsidR="000A20B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">unol </w:t>
+            </w:r>
+            <w:r w:rsidR="00B527B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>â Gwybodaeth, Sgiliau ac Ymddygiadau (KSBs) o’r safon brentisiaeth</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00485CBD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C4605F3" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...48 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="271ED42D" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Cyfrwng cyfathrebu yn amhriodol neu wedi’i gam-gymhwyso.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64BE8D93" w14:textId="4456FB05" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="00AF351C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’r gwaith wedi’i strwythuro’n wael, yn ddi-drefn, a/neu wedi’i fynegi’n ddryslyd.  Defnydd gwan iawn o iaith a/neu arddull amhriodol iawn.  Fawr ddim neu ddim tystiolaeth o ymreolaeth (neu o gydweithio, pan fo’n berthnasol) wrth gwblhau tasgau.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fawr ddim neu ddim tystiolaeth o’r sgiliau sy’n ofynnol ar gyfer cyflogaeth i raddedigion. </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF351C" w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Dim tystiolaeth o ymddygiadau proffesiynol na pharodrwydd ar gyfer y gweithle; mae KSBs perthnasol (yn enwedig ymddygiadau) yn absennol neu</w:t>
+            </w:r>
+            <w:r w:rsidR="00F07A3F" w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF351C" w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>heb eu datblygu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D4A2853" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20F9F5E2" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="185C8F7E" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...35 lines deleted...]
-              <w:t>Basic attempts at meeting KSBs, but overall performance falls below an acceptable standard.</w:t>
+          <w:p w14:paraId="305AB126" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cyfrwng cyfathrebu wedi’i ddylunio’n wael a/neu ddim yn addas at y gynulleidfa. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="224AD4AD" w14:textId="6BBC84EF" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="0082295C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’r gwaith wedi’i gyflwyno’n wael mewn modd digyswllt.  Mae wedi’i strwythuro’n llac, ac ar brydiau’n anghydlynol, a gwybodaeth a syniadau wedi’u mynegi’n wael yn aml.  Defnydd gwan o iaith a/neu arddull amhriodol.  Menter annibynnol</w:t>
+            </w:r>
+            <w:r w:rsidR="00561DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> wan</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (neu gydweithio</w:t>
+            </w:r>
+            <w:r w:rsidR="00561DA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gwan</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, os ydy’n berthnasol). Tystiolaeth gyfyngedig o’r sgiliau sy’n ofynnol ar gyfer cyflogaeth i raddedigion. </w:t>
+            </w:r>
+            <w:r w:rsidR="0082295C" w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Ymdrechion sylfaenol i fodloni’r KSBs, ond mae</w:t>
+            </w:r>
+            <w:r w:rsidR="00F07A3F" w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>’r</w:t>
+            </w:r>
+            <w:r w:rsidR="0082295C" w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> perfformiad cyffredinol o dan safon dderbyniol.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F8A92CA" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...68 lines deleted...]
-              <w:t>Relevant KSBs are evident but not consistently integrated.</w:t>
+          <w:p w14:paraId="2BCDAA78" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gall gyfathrebu mewn cyfrwng addas ond gyda lle i wella. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C118B39" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cyflwyniad a strwythur yn drefnus ar y cyfan, lle mynegir syniadau / cysyniadau perthnasol mewn modd rhesymol.  Gall fod diffyg cydlyniad mewn mannau yn y gwaith.  Gall weithio fel rhan o dîm, ond gyda chyfranogiad cyfyngedig mewn gweithgareddau grŵp. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2843FA52" w14:textId="237C50A4" w:rsidR="0082295C" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="00CA7FAF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arddengys y sgiliau sylfaenol sy’n ofynnol ar gyfer cyflogaeth i raddedigion, gyda rhai meysydd o fân wendid. </w:t>
+            </w:r>
+            <w:r w:rsidR="00716515">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dengys </w:t>
+            </w:r>
+            <w:r w:rsidR="0082295C" w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>ymddygiadau craidd ar lefel graddedig, er gyda mân anghysondebau.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52E6F63A" w14:textId="77777777" w:rsidR="0082295C" w:rsidRPr="003C034D" w:rsidRDefault="0082295C" w:rsidP="00CA7FAF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1816C414" w14:textId="0180F221" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="0082295C" w:rsidP="0082295C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae KSBs perthnasol yn amlwg ond nid ydynt wedi'u hintegreiddio'n gyson.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03424FEE" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...48 lines deleted...]
-              <w:t>Demonstrates initiative, organisation, and developing critical thinking, with clear and generally reliable application of relevant KSBs (skills and behaviours).</w:t>
+          <w:p w14:paraId="3C6CF9D9" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gall gyfathrebu’n effeithiol mewn fformat addas, ond gall fod â mân wallau.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BB9D7B8" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’r gwaith yn gydlynol a threfnus ar y cyfan, mewn strwythur addas ac ar y cyfan mae wedi’i fynegi’n eglur.  Gall weithio’n effeithiol yn annibynnol a/neu fel rhan o dîm, gyda chyfraniadau eglur at weithgareddau grŵp</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6395782C" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Arddengys y sgiliau sy’n ofynnol ar gyfer cyflogaeth i</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78301103" w14:textId="14164DCC" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="006C7C29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">raddedigion, gyda rhai meysydd o gryfder a rhai o fân wendid. </w:t>
+            </w:r>
+            <w:r w:rsidR="00716515">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Dengys f</w:t>
+            </w:r>
+            <w:r w:rsidR="006C7C29" w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>enter, trefniadaeth a datblygu meddwl beirniadol, gyda chymhwysiad clir a dibynadwy yn gyffredinol o KSBs perthnasol (sgiliau ac ymddygiadau).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25B894BE" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...60 lines deleted...]
-              <w:t>) are clearly demonstrated, with KSBs well-integrated into both independent and team-based work.</w:t>
+          <w:p w14:paraId="6709A8E8" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gall gyfathrebu’n dda, yn hyderus ac yn gyson mewn fformat addas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78A1C031" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mae’r gwaith yn gydlynol, yn rhugl, wedi’i strwythuro’n dda ac yn drefnus.  Gall weithio’n dda iawn yn ymreolaethol a/neu fel rhan o dîm, gyda chyfraniadau da iawn at weithgareddau grŵp. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="705717ED" w14:textId="53AC5E87" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="006C7C29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arddengys sgiliau da iawn ar gyfer cyflogaeth i raddedigion, gyda mân wendid achlysurol yn unig. </w:t>
+            </w:r>
+            <w:r w:rsidR="006C7C29" w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae ymddygiadau proffesiynol (cyfrifoldeb, gallu i addasu, parch, ac ati) yn cael eu dangos yn glir, gyda KSBs wedi'u hintegreiddio'n dda i waith annibynnol a thîm.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00911DC5" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...35 lines deleted...]
-              <w:t>Demonstrates a high level of independence, initiative, and reflective thinking, with KSBs consistently applied to a high professional standard.</w:t>
+          <w:p w14:paraId="583DD050" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Gall gyfathrebu’n broffesiynol, yn hyderus ac yn gyson mewn fformat addas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="566D7895" w14:textId="0B82ADC9" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="008774F2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mae’r gwaith yn gydlynol, yn rhugl iawn ac wedi’i gyflwyno’n broffesiynol. Gall weithio’n ymreolaethol gyda menter.  Lle bo’n berthnasol gall weithio’n broffesiynol o fewn tîm, gan ddangos sgiliau arwain fel y bo’n briodol, gan reoli gwrthdaro a chan fodloni ymrwymiadau. Arddengys sgiliau rhagorol ar gyfer cyflogaeth i raddedigion ac awydd i ddatblygu ymhellach. </w:t>
+            </w:r>
+            <w:r w:rsidR="00716515">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>De</w:t>
+            </w:r>
+            <w:r w:rsidR="008774F2" w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidR="00716515">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>gys</w:t>
+            </w:r>
+            <w:r w:rsidR="008774F2" w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lefel uchel o annibyniaeth, menter a meddwl adfyfyriol, gyda KSBs yn cael eu cymhwyso'n gyson at safon broffesiynol uchel.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76F73D5D" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
-[...35 lines deleted...]
-              <w:t>Demonstrates outstanding initiative, personal responsibility, and adaptability, with KSBs fully embedded across all aspects of work and clear evidence of readiness for progression and ongoing development.</w:t>
+          <w:p w14:paraId="40B7DF12" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gall gyfathrebu gyda lefel eithriadol o uchel o broffesiynoldeb. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="194469C0" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="003C034D" w:rsidRDefault="00F217F6" w:rsidP="00357A2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Mae’r gwaith yn eithriadol o gydlynol, yn rhugl iawn ac wedi’i gyflwyno’n broffesiynol. Gall weithio’n eithriadol o dda a phroffesiynol o fewn tîm, gan ddangos sgiliau arwain uwch.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arddengys sgiliau eithriadol ar gyfer cyflogaeth i raddedigion ac awydd i ddatblygu ymhellach. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68F58170" w14:textId="5054F76D" w:rsidR="00857B3D" w:rsidRPr="003C034D" w:rsidRDefault="00F572F2" w:rsidP="00857B3D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>Dengys f</w:t>
+            </w:r>
+            <w:r w:rsidR="00857B3D" w:rsidRPr="003C034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="cy-GB"/>
+              </w:rPr>
+              <w:t>enter rhagorol, cyfrifoldeb personol, a gallu i addasu, gyda KSBs yn cael eu hymgorffori'n llawn ar draws pob agwedd ar waith a thystiolaeth glir o barodrwydd ar gyfer cynnydd a datblygiad parhaus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="400064C1" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="0093453D" w:rsidRDefault="00C073F1" w:rsidP="001F50B6">
-[...1 lines deleted...]
-        <w:pStyle w:val="NormalWeb"/>
+    <w:p w14:paraId="48B2CD5F" w14:textId="77777777" w:rsidR="00F217F6" w:rsidRPr="005023BD" w:rsidRDefault="00F217F6" w:rsidP="00F217F6">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FEA3949" w14:textId="68428964" w:rsidR="00975DEE" w:rsidRPr="0048568A" w:rsidRDefault="00975DEE" w:rsidP="00975DEE">
+    <w:p w14:paraId="0E7D8AC9" w14:textId="77777777" w:rsidR="000376F8" w:rsidRPr="005023BD" w:rsidRDefault="000376F8" w:rsidP="00F217F6">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="cy-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0093453D">
+      <w:r w:rsidRPr="005023BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:lang w:val="cy-GB"/>
         </w:rPr>
-        <w:t>THIS DOCUMENT IS ALSO AVAILABLE IN WELSH</w:t>
+        <w:t>MAE'R DDOGFEN HON AR GAEL HEFYD YN SAESNEG</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00975DEE" w:rsidRPr="0048568A" w:rsidSect="00C073F1">
-      <w:headerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="000376F8" w:rsidRPr="005023BD" w:rsidSect="00C073F1">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="16834" w:h="11894" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="706" w:footer="706" w:gutter="0"/>
       <w:paperSrc w:first="1" w:other="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="50E3DC13" w14:textId="77777777" w:rsidR="00016909" w:rsidRDefault="00016909">
+    <w:p w14:paraId="765F303E" w14:textId="77777777" w:rsidR="00866A6D" w:rsidRDefault="00866A6D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26AD98E7" w14:textId="77777777" w:rsidR="00016909" w:rsidRDefault="00016909">
+    <w:p w14:paraId="453FA7C9" w14:textId="77777777" w:rsidR="00866A6D" w:rsidRDefault="00866A6D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-  </w:endnote>
-[...1 lines deleted...]
-    <w:p w14:paraId="721E6A9E" w14:textId="77777777" w:rsidR="00016909" w:rsidRDefault="00016909"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -3572,141 +4800,122 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="CG Times (WN)">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-[...3 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="246FFA5C" w14:textId="77777777" w:rsidR="00152E9D" w:rsidRPr="0048568A" w:rsidRDefault="00152E9D" w:rsidP="0048568A">
+  <w:p w14:paraId="4182FBC2" w14:textId="77777777" w:rsidR="00866A6D" w:rsidRDefault="00866A6D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53B8E34C" w14:textId="77777777" w:rsidR="00016909" w:rsidRDefault="00016909">
+    <w:p w14:paraId="4C9E3BFD" w14:textId="77777777" w:rsidR="00866A6D" w:rsidRDefault="00866A6D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24905364" w14:textId="77777777" w:rsidR="00016909" w:rsidRDefault="00016909">
+    <w:p w14:paraId="07659E40" w14:textId="77777777" w:rsidR="00866A6D" w:rsidRDefault="00866A6D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationNotice" w:id="1">
-[...1 lines deleted...]
-  </w:footnote>
 </w:footnotes>
-</file>
-[...8 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7C009F04"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -4940,163 +6149,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3C74774E"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45FB7405"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4C94272E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5138,140 +6234,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-[...88 lines deleted...]
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F4E0FDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="198A4726"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5340,51 +6347,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62760694"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03A88C3C"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5426,51 +6433,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71E648F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8BC0AF6A"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5512,51 +6519,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72D806BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BFFE19EC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5652,583 +6659,590 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1629966633">
+  <w:num w:numId="1" w16cid:durableId="1622420689">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="171527793">
+  <w:num w:numId="2" w16cid:durableId="2025861155">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2106151230">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="3" w16cid:durableId="1833132064">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1612274501">
+  <w:num w:numId="4" w16cid:durableId="1708290908">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2135635616">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1818302675">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1051463324">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1166048835">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1989359036">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1764107379">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="617760255">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="2021159188">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="760679624">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1696804644">
-[...26 lines deleted...]
-  <w:num w:numId="14" w16cid:durableId="771164641">
+  <w:num w:numId="14" w16cid:durableId="1798403154">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="2056157613">
+  <w:num w:numId="15" w16cid:durableId="2135175533">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="2124499809">
+  <w:num w:numId="16" w16cid:durableId="307632808">
     <w:abstractNumId w:val="6"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="24577"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB4521"/>
-    <w:rsid w:val="00001C13"/>
-    <w:rsid w:val="00002CF9"/>
+    <w:rsid w:val="0000184E"/>
     <w:rsid w:val="00011666"/>
-    <w:rsid w:val="00016909"/>
+    <w:rsid w:val="00022243"/>
     <w:rsid w:val="00026B02"/>
+    <w:rsid w:val="000376F8"/>
     <w:rsid w:val="000822E5"/>
     <w:rsid w:val="000971FC"/>
+    <w:rsid w:val="000A1C20"/>
+    <w:rsid w:val="000A20B0"/>
     <w:rsid w:val="000A2A3A"/>
-    <w:rsid w:val="000A44FB"/>
     <w:rsid w:val="000A492A"/>
+    <w:rsid w:val="000B5966"/>
     <w:rsid w:val="000D2F80"/>
+    <w:rsid w:val="000D7C59"/>
     <w:rsid w:val="000E413A"/>
     <w:rsid w:val="000F5AA3"/>
     <w:rsid w:val="00100396"/>
     <w:rsid w:val="00100B5C"/>
-    <w:rsid w:val="00101484"/>
     <w:rsid w:val="00103507"/>
     <w:rsid w:val="001106E9"/>
+    <w:rsid w:val="001116B0"/>
     <w:rsid w:val="00124CA5"/>
     <w:rsid w:val="00134F77"/>
-    <w:rsid w:val="001411CC"/>
     <w:rsid w:val="00152E9D"/>
     <w:rsid w:val="00154487"/>
     <w:rsid w:val="0017512A"/>
-    <w:rsid w:val="00175CB1"/>
-    <w:rsid w:val="00187614"/>
     <w:rsid w:val="00196958"/>
     <w:rsid w:val="001A1E39"/>
     <w:rsid w:val="001A24F3"/>
     <w:rsid w:val="001B405C"/>
     <w:rsid w:val="001B5F45"/>
     <w:rsid w:val="001E1050"/>
     <w:rsid w:val="001E1E1F"/>
     <w:rsid w:val="001E2007"/>
     <w:rsid w:val="001E57C1"/>
     <w:rsid w:val="001F07EF"/>
     <w:rsid w:val="001F3F0E"/>
     <w:rsid w:val="001F50B6"/>
     <w:rsid w:val="001F6D7A"/>
-    <w:rsid w:val="0021038F"/>
     <w:rsid w:val="0022746E"/>
     <w:rsid w:val="00235F71"/>
     <w:rsid w:val="002444CA"/>
     <w:rsid w:val="00260DE6"/>
-    <w:rsid w:val="002714BF"/>
     <w:rsid w:val="00273FEE"/>
     <w:rsid w:val="0028204E"/>
     <w:rsid w:val="0028591B"/>
-    <w:rsid w:val="00290192"/>
+    <w:rsid w:val="00287F88"/>
     <w:rsid w:val="00291841"/>
-    <w:rsid w:val="002A798D"/>
+    <w:rsid w:val="002A4040"/>
     <w:rsid w:val="002C449B"/>
     <w:rsid w:val="002C6040"/>
     <w:rsid w:val="002D5B3F"/>
     <w:rsid w:val="002E272E"/>
-    <w:rsid w:val="002F4EE2"/>
     <w:rsid w:val="002F5778"/>
+    <w:rsid w:val="00301E9A"/>
     <w:rsid w:val="003223E0"/>
     <w:rsid w:val="00352C4A"/>
     <w:rsid w:val="00362560"/>
+    <w:rsid w:val="00367C88"/>
     <w:rsid w:val="003732FD"/>
     <w:rsid w:val="003753B2"/>
+    <w:rsid w:val="00375D63"/>
     <w:rsid w:val="00376559"/>
     <w:rsid w:val="00382BAA"/>
     <w:rsid w:val="00384D73"/>
-    <w:rsid w:val="00391D47"/>
     <w:rsid w:val="00393EB6"/>
     <w:rsid w:val="003A3CE5"/>
     <w:rsid w:val="003B366F"/>
     <w:rsid w:val="003B3F9D"/>
     <w:rsid w:val="003B6C95"/>
-    <w:rsid w:val="003C79D4"/>
+    <w:rsid w:val="003C034D"/>
     <w:rsid w:val="003E5751"/>
+    <w:rsid w:val="003F64A3"/>
+    <w:rsid w:val="00403DFB"/>
     <w:rsid w:val="004046A9"/>
     <w:rsid w:val="00404C50"/>
-    <w:rsid w:val="00413108"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004176A6"/>
     <w:rsid w:val="00423934"/>
     <w:rsid w:val="00426244"/>
-    <w:rsid w:val="00436FA0"/>
+    <w:rsid w:val="00435577"/>
     <w:rsid w:val="00470A38"/>
-    <w:rsid w:val="0048568A"/>
+    <w:rsid w:val="00482588"/>
     <w:rsid w:val="004874DE"/>
-    <w:rsid w:val="004B0EFF"/>
+    <w:rsid w:val="004A5F28"/>
     <w:rsid w:val="004B5334"/>
     <w:rsid w:val="004B6C14"/>
     <w:rsid w:val="004C4F19"/>
+    <w:rsid w:val="004C51E3"/>
     <w:rsid w:val="004D5E9B"/>
     <w:rsid w:val="004D63D9"/>
-    <w:rsid w:val="004E4405"/>
+    <w:rsid w:val="004E58DA"/>
     <w:rsid w:val="004E6585"/>
+    <w:rsid w:val="005023BD"/>
     <w:rsid w:val="0050249F"/>
     <w:rsid w:val="00524566"/>
     <w:rsid w:val="00530BEF"/>
-    <w:rsid w:val="00546C4D"/>
+    <w:rsid w:val="005327F7"/>
     <w:rsid w:val="00552351"/>
+    <w:rsid w:val="00553B4B"/>
+    <w:rsid w:val="00556F1B"/>
+    <w:rsid w:val="00561DA8"/>
     <w:rsid w:val="00561F00"/>
     <w:rsid w:val="00562C4E"/>
     <w:rsid w:val="00562DEC"/>
     <w:rsid w:val="00576AB4"/>
     <w:rsid w:val="00577917"/>
     <w:rsid w:val="00590667"/>
+    <w:rsid w:val="0059450E"/>
     <w:rsid w:val="005969E2"/>
     <w:rsid w:val="005A1689"/>
     <w:rsid w:val="005B61CD"/>
-    <w:rsid w:val="005C5577"/>
     <w:rsid w:val="005D1D58"/>
     <w:rsid w:val="005D432C"/>
-    <w:rsid w:val="005E0883"/>
     <w:rsid w:val="005E285E"/>
+    <w:rsid w:val="005E427E"/>
     <w:rsid w:val="005E72F8"/>
     <w:rsid w:val="005F0579"/>
     <w:rsid w:val="005F3A53"/>
+    <w:rsid w:val="005F68E7"/>
+    <w:rsid w:val="00605D31"/>
     <w:rsid w:val="006062A3"/>
     <w:rsid w:val="00610E08"/>
     <w:rsid w:val="006140BF"/>
     <w:rsid w:val="006161BE"/>
     <w:rsid w:val="00620787"/>
-    <w:rsid w:val="00623D6A"/>
-    <w:rsid w:val="006254D1"/>
     <w:rsid w:val="00632434"/>
     <w:rsid w:val="0063478F"/>
     <w:rsid w:val="00644256"/>
     <w:rsid w:val="00661D6F"/>
     <w:rsid w:val="006628E9"/>
     <w:rsid w:val="0066725E"/>
     <w:rsid w:val="006716C7"/>
+    <w:rsid w:val="00676555"/>
     <w:rsid w:val="00681208"/>
     <w:rsid w:val="00681FA9"/>
     <w:rsid w:val="00691EA9"/>
     <w:rsid w:val="006934D4"/>
     <w:rsid w:val="006A6DC3"/>
     <w:rsid w:val="006C1480"/>
+    <w:rsid w:val="006C7C29"/>
     <w:rsid w:val="006D49ED"/>
     <w:rsid w:val="006D55CE"/>
     <w:rsid w:val="006D637A"/>
-    <w:rsid w:val="006D6AEA"/>
     <w:rsid w:val="006D6B5E"/>
     <w:rsid w:val="006D6F24"/>
     <w:rsid w:val="006E3E4E"/>
     <w:rsid w:val="006F45BF"/>
     <w:rsid w:val="006F60E0"/>
     <w:rsid w:val="00702F71"/>
+    <w:rsid w:val="00716515"/>
     <w:rsid w:val="007366DF"/>
     <w:rsid w:val="00757839"/>
     <w:rsid w:val="00770C81"/>
-    <w:rsid w:val="0078000C"/>
     <w:rsid w:val="00791024"/>
     <w:rsid w:val="00793F0A"/>
     <w:rsid w:val="007A2657"/>
-    <w:rsid w:val="007B1076"/>
     <w:rsid w:val="007C682C"/>
+    <w:rsid w:val="007D02ED"/>
     <w:rsid w:val="007D2385"/>
-    <w:rsid w:val="007D6815"/>
+    <w:rsid w:val="007D37C8"/>
     <w:rsid w:val="007E6F99"/>
     <w:rsid w:val="007F214F"/>
+    <w:rsid w:val="007F34F8"/>
     <w:rsid w:val="00800069"/>
     <w:rsid w:val="008042F0"/>
+    <w:rsid w:val="0082295C"/>
     <w:rsid w:val="008310A0"/>
     <w:rsid w:val="00835D29"/>
     <w:rsid w:val="00842E7F"/>
     <w:rsid w:val="00852933"/>
     <w:rsid w:val="008566E5"/>
     <w:rsid w:val="008566FE"/>
+    <w:rsid w:val="00857B3D"/>
     <w:rsid w:val="00865B46"/>
+    <w:rsid w:val="00866A6D"/>
+    <w:rsid w:val="008751A3"/>
+    <w:rsid w:val="008774F2"/>
     <w:rsid w:val="00896134"/>
     <w:rsid w:val="008A62BC"/>
     <w:rsid w:val="008B43E7"/>
-    <w:rsid w:val="008B5084"/>
+    <w:rsid w:val="008D1232"/>
     <w:rsid w:val="008D763F"/>
     <w:rsid w:val="008F036F"/>
     <w:rsid w:val="008F1308"/>
-    <w:rsid w:val="008F3E23"/>
     <w:rsid w:val="008F78C2"/>
     <w:rsid w:val="00904568"/>
     <w:rsid w:val="00911394"/>
+    <w:rsid w:val="009150AD"/>
     <w:rsid w:val="00923EF2"/>
     <w:rsid w:val="00926D25"/>
     <w:rsid w:val="00926E9D"/>
+    <w:rsid w:val="00927F22"/>
     <w:rsid w:val="00932C6E"/>
     <w:rsid w:val="00933F10"/>
-    <w:rsid w:val="0093453D"/>
     <w:rsid w:val="009433C5"/>
-    <w:rsid w:val="00945D2A"/>
-    <w:rsid w:val="00963096"/>
     <w:rsid w:val="00965881"/>
-    <w:rsid w:val="00975DEE"/>
     <w:rsid w:val="009871FF"/>
     <w:rsid w:val="00990799"/>
     <w:rsid w:val="00995D51"/>
-    <w:rsid w:val="00997D71"/>
     <w:rsid w:val="009A0631"/>
-    <w:rsid w:val="009A34E7"/>
-    <w:rsid w:val="009A6AFF"/>
     <w:rsid w:val="009B10ED"/>
-    <w:rsid w:val="009B24E9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009D29EE"/>
+    <w:rsid w:val="009B1B43"/>
+    <w:rsid w:val="009C0CF5"/>
     <w:rsid w:val="009D3EA4"/>
     <w:rsid w:val="009D649C"/>
-    <w:rsid w:val="009E1EAA"/>
+    <w:rsid w:val="009E4559"/>
     <w:rsid w:val="009E4BC1"/>
     <w:rsid w:val="009F5CB2"/>
     <w:rsid w:val="00A03BB8"/>
-    <w:rsid w:val="00A20E44"/>
     <w:rsid w:val="00A3505D"/>
     <w:rsid w:val="00A4036F"/>
     <w:rsid w:val="00A406E5"/>
+    <w:rsid w:val="00A45FA0"/>
     <w:rsid w:val="00A4641C"/>
     <w:rsid w:val="00A55876"/>
-    <w:rsid w:val="00A60734"/>
     <w:rsid w:val="00A67FB1"/>
+    <w:rsid w:val="00A7484D"/>
     <w:rsid w:val="00A85BFE"/>
-    <w:rsid w:val="00AA18A6"/>
+    <w:rsid w:val="00AA4930"/>
     <w:rsid w:val="00AB6FE7"/>
     <w:rsid w:val="00AB7AD7"/>
-    <w:rsid w:val="00AC0691"/>
     <w:rsid w:val="00AC5F32"/>
     <w:rsid w:val="00AD2430"/>
     <w:rsid w:val="00AE41A6"/>
-    <w:rsid w:val="00AE7F27"/>
-    <w:rsid w:val="00AF069A"/>
     <w:rsid w:val="00AF0E34"/>
     <w:rsid w:val="00AF271D"/>
+    <w:rsid w:val="00AF351C"/>
     <w:rsid w:val="00AF56C2"/>
     <w:rsid w:val="00B004E6"/>
     <w:rsid w:val="00B0744D"/>
-    <w:rsid w:val="00B100AA"/>
     <w:rsid w:val="00B50EA8"/>
+    <w:rsid w:val="00B527B0"/>
     <w:rsid w:val="00B64082"/>
     <w:rsid w:val="00B72325"/>
     <w:rsid w:val="00B81AD3"/>
     <w:rsid w:val="00B829D8"/>
     <w:rsid w:val="00B84B5B"/>
     <w:rsid w:val="00B86446"/>
     <w:rsid w:val="00BA1176"/>
-    <w:rsid w:val="00BB3AB6"/>
+    <w:rsid w:val="00BA5017"/>
     <w:rsid w:val="00BE0B01"/>
     <w:rsid w:val="00BE79C7"/>
     <w:rsid w:val="00BF3CB5"/>
     <w:rsid w:val="00C01A3F"/>
     <w:rsid w:val="00C073F1"/>
     <w:rsid w:val="00C1285B"/>
     <w:rsid w:val="00C1361B"/>
     <w:rsid w:val="00C14E1F"/>
+    <w:rsid w:val="00C25885"/>
     <w:rsid w:val="00C315AF"/>
     <w:rsid w:val="00C36D9A"/>
     <w:rsid w:val="00C44A72"/>
     <w:rsid w:val="00C61FC2"/>
-    <w:rsid w:val="00C65877"/>
+    <w:rsid w:val="00C6338B"/>
     <w:rsid w:val="00C705F9"/>
-    <w:rsid w:val="00C73918"/>
     <w:rsid w:val="00C80F0F"/>
     <w:rsid w:val="00C8667A"/>
     <w:rsid w:val="00C93BCB"/>
-    <w:rsid w:val="00CB0039"/>
+    <w:rsid w:val="00CB1FD6"/>
     <w:rsid w:val="00CC241A"/>
-    <w:rsid w:val="00CC47DF"/>
+    <w:rsid w:val="00CC3EE9"/>
     <w:rsid w:val="00CE4035"/>
     <w:rsid w:val="00CE65AB"/>
     <w:rsid w:val="00CF4266"/>
+    <w:rsid w:val="00D1569D"/>
+    <w:rsid w:val="00D20AC1"/>
+    <w:rsid w:val="00D212B3"/>
     <w:rsid w:val="00D22D9C"/>
     <w:rsid w:val="00D241F1"/>
     <w:rsid w:val="00D275CB"/>
     <w:rsid w:val="00D30DFA"/>
+    <w:rsid w:val="00D318A8"/>
+    <w:rsid w:val="00D31978"/>
     <w:rsid w:val="00D463A5"/>
     <w:rsid w:val="00D4710D"/>
     <w:rsid w:val="00D47D25"/>
     <w:rsid w:val="00D62ACD"/>
-    <w:rsid w:val="00D6507F"/>
-    <w:rsid w:val="00D91382"/>
+    <w:rsid w:val="00D774FB"/>
+    <w:rsid w:val="00D83652"/>
     <w:rsid w:val="00DA36EE"/>
     <w:rsid w:val="00DB116D"/>
     <w:rsid w:val="00DD17CC"/>
     <w:rsid w:val="00DE217A"/>
     <w:rsid w:val="00DF321B"/>
     <w:rsid w:val="00E05287"/>
     <w:rsid w:val="00E230E0"/>
+    <w:rsid w:val="00E45034"/>
     <w:rsid w:val="00E51AAC"/>
+    <w:rsid w:val="00E5293F"/>
+    <w:rsid w:val="00E6629A"/>
     <w:rsid w:val="00E66CC0"/>
     <w:rsid w:val="00E728A9"/>
+    <w:rsid w:val="00E76703"/>
     <w:rsid w:val="00E807D9"/>
     <w:rsid w:val="00EA0F4E"/>
     <w:rsid w:val="00EA295B"/>
-    <w:rsid w:val="00EA2A45"/>
     <w:rsid w:val="00EA3B9B"/>
+    <w:rsid w:val="00EA6324"/>
     <w:rsid w:val="00EA6801"/>
     <w:rsid w:val="00EB4F96"/>
-    <w:rsid w:val="00EC1041"/>
-    <w:rsid w:val="00EC274A"/>
     <w:rsid w:val="00ED7072"/>
+    <w:rsid w:val="00EE16F3"/>
     <w:rsid w:val="00EE3132"/>
     <w:rsid w:val="00EE3D9D"/>
     <w:rsid w:val="00EE6F25"/>
-    <w:rsid w:val="00EF4863"/>
     <w:rsid w:val="00F02126"/>
     <w:rsid w:val="00F03D85"/>
+    <w:rsid w:val="00F07A3F"/>
     <w:rsid w:val="00F07C8C"/>
+    <w:rsid w:val="00F14274"/>
+    <w:rsid w:val="00F217F6"/>
     <w:rsid w:val="00F249F1"/>
     <w:rsid w:val="00F25B9D"/>
     <w:rsid w:val="00F2664E"/>
     <w:rsid w:val="00F31163"/>
     <w:rsid w:val="00F31C04"/>
-    <w:rsid w:val="00F35D12"/>
+    <w:rsid w:val="00F36010"/>
+    <w:rsid w:val="00F4396D"/>
     <w:rsid w:val="00F442A7"/>
+    <w:rsid w:val="00F572F2"/>
     <w:rsid w:val="00F57A89"/>
     <w:rsid w:val="00F61A20"/>
     <w:rsid w:val="00F63DD9"/>
-    <w:rsid w:val="00F65F43"/>
-    <w:rsid w:val="00F664C3"/>
+    <w:rsid w:val="00F65145"/>
     <w:rsid w:val="00F67644"/>
     <w:rsid w:val="00F8381F"/>
+    <w:rsid w:val="00F93EC3"/>
+    <w:rsid w:val="00F97DFF"/>
     <w:rsid w:val="00FA04CD"/>
     <w:rsid w:val="00FA25F5"/>
     <w:rsid w:val="00FA2810"/>
     <w:rsid w:val="00FA68F8"/>
+    <w:rsid w:val="00FB0093"/>
     <w:rsid w:val="00FB1DC0"/>
     <w:rsid w:val="00FB3B4E"/>
     <w:rsid w:val="00FB4521"/>
     <w:rsid w:val="00FB4F84"/>
     <w:rsid w:val="00FB5CF8"/>
     <w:rsid w:val="00FE5651"/>
     <w:rsid w:val="00FF273B"/>
     <w:rsid w:val="00FF564C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="24577"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="56505535"/>
-  <w15:docId w15:val="{DB56BA60-7F99-4C5C-B246-1D3E3AAD1406}"/>
+  <w14:docId w14:val="04C42FDF"/>
+  <w15:docId w15:val="{CF46A7DC-82B3-4533-8A52-03F24EB058A9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6287,52 +7301,52 @@
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:uiPriority="67"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="68"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="69"/>
     <w:lsdException w:name="Light List" w:uiPriority="70"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="71"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="72"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="73"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="60"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="61"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="64"/>
     <w:lsdException w:name="Dark List" w:uiPriority="65"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="99"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="71"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="72"/>
-    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="73"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="60"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="69"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="70"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="71"/>
@@ -6487,264 +7501,144 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0093453D"/>
     <w:rPr>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
-    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0093453D"/>
     <w:pPr>
       <w:keepNext/>
       <w:pBdr>
         <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="12" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="pct15" w:color="auto" w:fill="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
-    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0093453D"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
-    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0093453D"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
-    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0093453D"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="120" w:after="120"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
-[...24 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
-    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0093453D"/>
+    <w:rsid w:val="008A62BC"/>
     <w:pPr>
       <w:keepNext/>
       <w:pBdr>
         <w:top w:val="single" w:sz="18" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="18" w:space="4" w:color="auto"/>
         <w:bottom w:val="single" w:sz="18" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="18" w:space="4" w:color="auto"/>
       </w:pBdr>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
-    </w:rPr>
-[...78 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
@@ -6838,57 +7732,57 @@
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="00A55876"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EA0F4E"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:link w:val="Heading6"/>
-    <w:uiPriority w:val="9"/>
     <w:rsid w:val="008A62BC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletedList">
     <w:name w:val="Bulleted List"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00A03BB8"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:rsid w:val="00F61A20"/>
   </w:style>
@@ -6899,415 +7793,50 @@
     <w:rsid w:val="001E2007"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001E2007"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00DF321B"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-    </w:rPr>
-[...363 lines deleted...]
-      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="358313649">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1777559243">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
@@ -7479,58 +8008,71 @@
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
                     <w:div w:id="1771584497">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="2018651286">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image001.png@01D0EA4A.2BD679A0" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image001.png@01D0EA4A.2BD679A0" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Documents%20and%20Settings\fad-lc\Local%20Settings\Temporary%20Internet%20Files\OLK35\AssignFrm.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -7813,80 +8355,103 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4ECFEAC-3AE6-4C35-BB8F-628598BBB6D7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>AssignFrm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2071</Words>
-  <Characters>13264</Characters>
+  <Words>2249</Words>
+  <Characters>13422</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>110</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>111</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Teitl</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>GA36c Level 6</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>GA36c Lefel 6</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>S.I.H.E.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15305</CharactersWithSpaces>
+  <CharactersWithSpaces>15640</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>3932241</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.managers.org.uk/research-analysis/research/current-research/business-benefits-management-and-leadership-development-</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6029399</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -7909,49 +8474,49 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>2050</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>1025</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>SMU-Logo-colour-Longline</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>GA36c Level 6</dc:title>
+  <dc:title>GA36c Lefel 6</dc:title>
   <dc:creator>fad-lc</dc:creator>
-  <dc:description>August 2018</dc:description>
+  <dc:description>Awst 2018</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="SPSDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Owner">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Status">
     <vt:lpwstr>Final</vt:lpwstr>
   </property>
 </Properties>
 </file>