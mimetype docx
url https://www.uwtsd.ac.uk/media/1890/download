--- v0 (2025-10-02)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4803"/>
         <w:gridCol w:w="4557"/>
       </w:tblGrid>
       <w:tr w:rsidR="00747852" w:rsidRPr="00587CE6" w14:paraId="79EAD84F" w14:textId="77777777" w:rsidTr="00D72891">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4927" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E58891C" w14:textId="77777777" w:rsidR="00747852" w:rsidRPr="00587CE6" w:rsidRDefault="00747852" w:rsidP="00D72891">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US"/>
@@ -390,63 +390,52 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00587CE6" w:rsidRPr="00587CE6" w14:paraId="251665F9" w14:textId="77777777" w:rsidTr="00AB2F38">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2010" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FABF8F" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
           <w:p w14:paraId="6E6440D8" w14:textId="77777777" w:rsidR="00587CE6" w:rsidRPr="00587CE6" w:rsidRDefault="00587CE6" w:rsidP="00587CE6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00587CE6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASSESSMENT </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>ASSESSMENT AUTHOR :</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7340" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="171894EF" w14:textId="77777777" w:rsidR="00587CE6" w:rsidRPr="00587CE6" w:rsidRDefault="00587CE6" w:rsidP="00587CE6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00587CE6" w:rsidRPr="00587CE6" w14:paraId="078976B0" w14:textId="77777777" w:rsidTr="00AB2F38">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2010" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FABF8F" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
@@ -829,51 +818,51 @@
                 <w:lang w:val="cy-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00587CE6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TYPE OF ASSESSMENT:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2153" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E45FC7D" w14:textId="4E380AE6" w:rsidR="00587CE6" w:rsidRPr="00587CE6" w:rsidRDefault="00AB2F38" w:rsidP="00587CE6">
+          <w:p w14:paraId="7E45FC7D" w14:textId="4E380AE6" w:rsidR="00587CE6" w:rsidRPr="00587CE6" w:rsidRDefault="00B35EFC" w:rsidP="00587CE6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="574472005"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -890,51 +879,51 @@
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00587CE6" w:rsidRPr="00587CE6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Coursework</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DF44EA7" w14:textId="100EA728" w:rsidR="00587CE6" w:rsidRPr="00587CE6" w:rsidRDefault="00AB2F38" w:rsidP="00587CE6">
+          <w:p w14:paraId="5DF44EA7" w14:textId="100EA728" w:rsidR="00587CE6" w:rsidRPr="00587CE6" w:rsidRDefault="00B35EFC" w:rsidP="00587CE6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-502287081"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -951,51 +940,51 @@
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00587CE6" w:rsidRPr="00587CE6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Examination</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2778" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="007A57A1" w14:textId="4B1E24FF" w:rsidR="00587CE6" w:rsidRPr="00587CE6" w:rsidRDefault="00AB2F38" w:rsidP="00587CE6">
+          <w:p w14:paraId="007A57A1" w14:textId="4B1E24FF" w:rsidR="00587CE6" w:rsidRPr="00587CE6" w:rsidRDefault="00B35EFC" w:rsidP="00587CE6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-3204846"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -1074,51 +1063,51 @@
           </w:tcPr>
           <w:p w14:paraId="64BA81E1" w14:textId="77777777" w:rsidR="00587CE6" w:rsidRPr="00587CE6" w:rsidRDefault="00587CE6" w:rsidP="00587CE6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00587CE6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TRANSLATION PROVIDED:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1797" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6215850E" w14:textId="72ACB56E" w:rsidR="00587CE6" w:rsidRPr="00587CE6" w:rsidRDefault="00AB2F38" w:rsidP="00587CE6">
+          <w:p w14:paraId="6215850E" w14:textId="72ACB56E" w:rsidR="00587CE6" w:rsidRPr="00587CE6" w:rsidRDefault="00B35EFC" w:rsidP="00587CE6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="203528301"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -1229,51 +1218,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CHECK</w:t>
             </w:r>
             <w:r w:rsidR="00587CE6" w:rsidRPr="00587CE6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> FOR UNFAIR PRACTICE:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7340" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="70660165" w14:textId="71DF8014" w:rsidR="00587CE6" w:rsidRPr="00587CE6" w:rsidRDefault="00AB2F38" w:rsidP="00706423">
+          <w:p w14:paraId="70660165" w14:textId="71DF8014" w:rsidR="00587CE6" w:rsidRPr="00587CE6" w:rsidRDefault="00B35EFC" w:rsidP="00706423">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-25648268"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -1420,51 +1409,51 @@
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB2F38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Agreed Marking Process (According to GA15)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D2A9D" w:rsidRPr="00AB2F38" w14:paraId="5080C4BA" w14:textId="77777777" w:rsidTr="006D2A9D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49FED91C" w14:textId="74D57E58" w:rsidR="006D2A9D" w:rsidRPr="00AB2F38" w:rsidRDefault="00AB2F38" w:rsidP="006D2A9D">
+          <w:p w14:paraId="49FED91C" w14:textId="74D57E58" w:rsidR="006D2A9D" w:rsidRPr="00AB2F38" w:rsidRDefault="00B35EFC" w:rsidP="006D2A9D">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-369141811"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -1473,51 +1462,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006D2A9D" w:rsidRPr="00AB2F38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Internal Moderation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50DBE85B" w14:textId="61114576" w:rsidR="006D2A9D" w:rsidRPr="00AB2F38" w:rsidRDefault="00AB2F38" w:rsidP="006D2A9D">
+          <w:p w14:paraId="50DBE85B" w14:textId="61114576" w:rsidR="006D2A9D" w:rsidRPr="00AB2F38" w:rsidRDefault="00B35EFC" w:rsidP="006D2A9D">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1932470959"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -1526,51 +1515,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006D2A9D" w:rsidRPr="00AB2F38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Second marking</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F6DC08E" w14:textId="4EDD314E" w:rsidR="006D2A9D" w:rsidRPr="00AB2F38" w:rsidRDefault="00AB2F38" w:rsidP="006D2A9D">
+          <w:p w14:paraId="1F6DC08E" w14:textId="4EDD314E" w:rsidR="006D2A9D" w:rsidRPr="00AB2F38" w:rsidRDefault="00B35EFC" w:rsidP="006D2A9D">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1487676398"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -1589,51 +1578,51 @@
             <w:r w:rsidR="006D2A9D" w:rsidRPr="00AB2F38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Blind double marking</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="70D466F3" w14:textId="77777777" w:rsidR="006D2A9D" w:rsidRPr="00AB2F38" w:rsidRDefault="006D2A9D" w:rsidP="00417F4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DAFA31F" w14:textId="44AE6137" w:rsidR="00AC463B" w:rsidRDefault="00AC463B" w:rsidP="00417F4F">
+    <w:p w14:paraId="3DAFA31F" w14:textId="7C447F18" w:rsidR="00AC463B" w:rsidRDefault="00AC463B" w:rsidP="00417F4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Please see </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00AC463B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>AQH 7.8(4)</w:t>
@@ -3146,50 +3135,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="29B61153" w14:textId="0D39AEE2" w:rsidR="00AC463B" w:rsidRDefault="00AC463B" w:rsidP="00AC463B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB2F38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">agreement has not been reached, this needs to be raised with the Programme Manager, as a third marker is required. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A2EC2AE" w14:textId="77777777" w:rsidR="006D2A9D" w:rsidRDefault="006D2A9D" w:rsidP="00AC463B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="593B8925" w14:textId="3E97373C" w:rsidR="00ED385D" w:rsidRDefault="00AC463B" w:rsidP="00AC463B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -5477,50 +5467,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00741EC6" w:rsidRPr="00ED385D" w14:paraId="65AC2A57" w14:textId="77777777" w:rsidTr="00DF7B1E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04619554" w14:textId="77777777" w:rsidR="00741EC6" w:rsidRPr="00ED385D" w:rsidRDefault="00741EC6" w:rsidP="00741EC6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED385D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3289" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2EAA57F6" w14:textId="77777777" w:rsidR="00741EC6" w:rsidRDefault="00A20015" w:rsidP="00741EC6">
             <w:pPr>
               <w:spacing w:before="1" w:after="0" w:line="252" w:lineRule="exact"/>
               <w:ind w:right="545"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
               </w:rPr>
               <w:t>Is</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
@@ -6054,66 +6045,74 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AB5B567" w14:textId="77777777" w:rsidR="009620CD" w:rsidRDefault="009620CD" w:rsidP="00417F4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77FCF6C6" w14:textId="77777777" w:rsidR="009620CD" w:rsidRDefault="009620CD" w:rsidP="00417F4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E93F946" w14:textId="77777777" w:rsidR="009620CD" w:rsidRDefault="009620CD" w:rsidP="00417F4F">
+    <w:p w14:paraId="3E93F946" w14:textId="40FE952A" w:rsidR="009620CD" w:rsidRDefault="009620CD" w:rsidP="00417F4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>EXTERNAL EXAMINER REVIEW ONLY FOR THOSE MODULES / ASSESSMENT COMPONENTS detailed in the annual GA15 External Examiner Agreement</w:t>
+        <w:t xml:space="preserve">EXTERNAL EXAMINER REVIEW ONLY FOR THOSE MODULES / ASSESSMENT COMPONENTS </w:t>
+      </w:r>
+      <w:r w:rsidR="00801325">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>DETAILED IN THE ANNUAL GA15 EXTERNAL EXAMINER AGREEMENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DCEC945" w14:textId="77777777" w:rsidR="009620CD" w:rsidRDefault="009620CD" w:rsidP="00417F4F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="3289"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="4536"/>
@@ -7825,51 +7824,50 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="45A5EAC4" w14:textId="77777777" w:rsidR="00244E7F" w:rsidRPr="00587CE6" w:rsidRDefault="00244E7F" w:rsidP="00741EC6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00587CE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>NOTES ON MODERATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="092C3ABF" w14:textId="77777777" w:rsidR="00244E7F" w:rsidRPr="00587CE6" w:rsidRDefault="00244E7F" w:rsidP="00244E7F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00D66730" w14:textId="5FDAD40F" w:rsidR="00244E7F" w:rsidRPr="00587CE6" w:rsidRDefault="00244E7F" w:rsidP="00244E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -7998,165 +7996,121 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>A representative sample of at least six pieces of work should be identified for moderation and should include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="234372C7" w14:textId="77777777" w:rsidR="00244E7F" w:rsidRPr="00587CE6" w:rsidRDefault="00244E7F" w:rsidP="00244E7F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00587CE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">examples of work in the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> category (or equivalent for other awards);</w:t>
+        <w:t>examples of work in the first class category (or equivalent for other awards);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D9704F9" w14:textId="77777777" w:rsidR="00244E7F" w:rsidRPr="00587CE6" w:rsidRDefault="00244E7F" w:rsidP="00244E7F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00587CE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">examples of work in the fail </w:t>
+        <w:t>examples of work in the fail category;</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="55A6A5A3" w14:textId="77777777" w:rsidR="00244E7F" w:rsidRPr="00587CE6" w:rsidRDefault="00244E7F" w:rsidP="00244E7F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00587CE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">examples of work from each </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">examples of work from each classification; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="752D4EAE" w14:textId="77777777" w:rsidR="00244E7F" w:rsidRPr="00587CE6" w:rsidRDefault="00244E7F" w:rsidP="00244E7F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00587CE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>examples of work within 2% of a classification boundary (or equivalent for other awards</w:t>
+        <w:t>examples of work within 2% of a classification boundary (or equivalent for other awards);</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="66305BB3" w14:textId="77777777" w:rsidR="00244E7F" w:rsidRPr="00587CE6" w:rsidRDefault="00244E7F" w:rsidP="00244E7F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00587CE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">any work on which the marker wishes for a second opinion. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="683AD0D8" w14:textId="77777777" w:rsidR="00244E7F" w:rsidRPr="00587CE6" w:rsidRDefault="00244E7F" w:rsidP="00710174">
@@ -8181,65 +8135,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00587CE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>If the moderation process identifies concerns relating to the marking in one or more categories, all work in the identified category must be double-marked and any residual differences in marks awarded by two markers must be resolved by means of discussion and negotiation. If such resolution is not possible, the work must be marked by a third marker identified by the Chair of the relevant Progression/Award Board. The marks awarded by the third marker are final. The process by which a final mark is agreed must be carefully documented so that the external examiner is able to follow that process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="264AC591" w14:textId="77777777" w:rsidR="00244E7F" w:rsidRPr="00587CE6" w:rsidRDefault="00244E7F" w:rsidP="00244E7F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00587CE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Where a module is delivered by a collaborative partnership institution, moderation is normally a </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> process, with internal moderation at the collaborative partnership institution followed by University moderation.  </w:t>
+        <w:t xml:space="preserve">Where a module is delivered by a collaborative partnership institution, moderation is normally a two stage process, with internal moderation at the collaborative partnership institution followed by University moderation.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D8A0FB7" w14:textId="77777777" w:rsidR="0046507B" w:rsidRDefault="0046507B" w:rsidP="00244E7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54899042" w14:textId="77777777" w:rsidR="006D7E53" w:rsidRDefault="006D7E53" w:rsidP="00244E7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C701755" w14:textId="77777777" w:rsidR="006D7E53" w:rsidRDefault="006D7E53" w:rsidP="00244E7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -8328,76 +8268,76 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>THIS DOCUMENT IS ALSO AVAILABLE IN WELSH</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006D7E53" w:rsidRPr="006D7E53" w:rsidSect="00F045AF">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="900" w:right="1440" w:bottom="709" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4E533F04" w14:textId="77777777" w:rsidR="00467608" w:rsidRDefault="00467608" w:rsidP="00467608">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="60CB9D04" w14:textId="77777777" w:rsidR="00467608" w:rsidRDefault="00467608" w:rsidP="00467608">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -8431,89 +8371,89 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1A2B74C8" w14:textId="77777777" w:rsidR="00467608" w:rsidRDefault="00467608" w:rsidP="00467608">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="42E727A3" w14:textId="77777777" w:rsidR="00467608" w:rsidRDefault="00467608" w:rsidP="00467608">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C95703A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="44248034"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8773,98 +8713,98 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5119" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1886063647">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1791316571">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="326328099">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00417F4F"/>
     <w:rsid w:val="00027258"/>
     <w:rsid w:val="00042574"/>
     <w:rsid w:val="000425C6"/>
     <w:rsid w:val="00047134"/>
     <w:rsid w:val="00055118"/>
     <w:rsid w:val="000A1917"/>
     <w:rsid w:val="000A745C"/>
     <w:rsid w:val="000B1F89"/>
     <w:rsid w:val="000C4B1F"/>
     <w:rsid w:val="000D7B83"/>
     <w:rsid w:val="000F0F2F"/>
     <w:rsid w:val="000F64CC"/>
     <w:rsid w:val="00107E7A"/>
     <w:rsid w:val="00122C0F"/>
     <w:rsid w:val="00122D1D"/>
     <w:rsid w:val="0016601E"/>
     <w:rsid w:val="00193BDC"/>
     <w:rsid w:val="001B2D70"/>
     <w:rsid w:val="001B7E17"/>
     <w:rsid w:val="001E7D8D"/>
     <w:rsid w:val="00210AD9"/>
+    <w:rsid w:val="002366AC"/>
     <w:rsid w:val="00244E7F"/>
     <w:rsid w:val="0025101B"/>
     <w:rsid w:val="0027723E"/>
     <w:rsid w:val="00282ED6"/>
     <w:rsid w:val="00285D6F"/>
     <w:rsid w:val="002A727D"/>
     <w:rsid w:val="002B08D3"/>
     <w:rsid w:val="002B747C"/>
     <w:rsid w:val="002F44B3"/>
     <w:rsid w:val="00335185"/>
     <w:rsid w:val="00361D70"/>
     <w:rsid w:val="00377393"/>
     <w:rsid w:val="00392582"/>
     <w:rsid w:val="0039391D"/>
     <w:rsid w:val="003968A9"/>
     <w:rsid w:val="003A0622"/>
     <w:rsid w:val="003A0C83"/>
     <w:rsid w:val="003B702F"/>
     <w:rsid w:val="003D4F2B"/>
     <w:rsid w:val="004043D9"/>
     <w:rsid w:val="00411FC1"/>
     <w:rsid w:val="00413110"/>
     <w:rsid w:val="00417F4F"/>
     <w:rsid w:val="00420F89"/>
     <w:rsid w:val="00460865"/>
@@ -8887,143 +8827,147 @@
     <w:rsid w:val="00645102"/>
     <w:rsid w:val="00647D03"/>
     <w:rsid w:val="00650E76"/>
     <w:rsid w:val="00677C6A"/>
     <w:rsid w:val="006A194A"/>
     <w:rsid w:val="006C4452"/>
     <w:rsid w:val="006D2A9D"/>
     <w:rsid w:val="006D7E53"/>
     <w:rsid w:val="006F18DF"/>
     <w:rsid w:val="007042F0"/>
     <w:rsid w:val="00706423"/>
     <w:rsid w:val="00710174"/>
     <w:rsid w:val="0071243B"/>
     <w:rsid w:val="00741EC6"/>
     <w:rsid w:val="00747852"/>
     <w:rsid w:val="00750120"/>
     <w:rsid w:val="00764675"/>
     <w:rsid w:val="00785BEE"/>
     <w:rsid w:val="00787070"/>
     <w:rsid w:val="00790B4D"/>
     <w:rsid w:val="00792D49"/>
     <w:rsid w:val="007966ED"/>
     <w:rsid w:val="007A31C5"/>
     <w:rsid w:val="007B2F1F"/>
     <w:rsid w:val="007E5D59"/>
+    <w:rsid w:val="00801325"/>
     <w:rsid w:val="00874D23"/>
     <w:rsid w:val="008A7C06"/>
     <w:rsid w:val="008B32FF"/>
     <w:rsid w:val="008E5A0D"/>
     <w:rsid w:val="00905215"/>
     <w:rsid w:val="0091282B"/>
     <w:rsid w:val="00920F17"/>
     <w:rsid w:val="00940D6C"/>
     <w:rsid w:val="00942186"/>
     <w:rsid w:val="009620CD"/>
     <w:rsid w:val="00990AE7"/>
     <w:rsid w:val="009C34CA"/>
     <w:rsid w:val="009D04BE"/>
     <w:rsid w:val="00A20015"/>
     <w:rsid w:val="00AB09D9"/>
     <w:rsid w:val="00AB2F38"/>
     <w:rsid w:val="00AC463B"/>
     <w:rsid w:val="00AC7457"/>
     <w:rsid w:val="00AD2AFC"/>
     <w:rsid w:val="00AE723D"/>
     <w:rsid w:val="00B020D0"/>
     <w:rsid w:val="00B1114A"/>
+    <w:rsid w:val="00B35EFC"/>
     <w:rsid w:val="00B60685"/>
+    <w:rsid w:val="00BC49E9"/>
     <w:rsid w:val="00BE13FF"/>
     <w:rsid w:val="00BF33E9"/>
     <w:rsid w:val="00BF46EC"/>
     <w:rsid w:val="00C00D39"/>
     <w:rsid w:val="00C0204C"/>
     <w:rsid w:val="00C036D5"/>
     <w:rsid w:val="00C25B6E"/>
     <w:rsid w:val="00C3472D"/>
     <w:rsid w:val="00C53EE5"/>
     <w:rsid w:val="00C9211B"/>
     <w:rsid w:val="00CB7244"/>
     <w:rsid w:val="00CE245C"/>
     <w:rsid w:val="00CE3E2B"/>
     <w:rsid w:val="00D02D86"/>
     <w:rsid w:val="00D4012C"/>
     <w:rsid w:val="00D72891"/>
     <w:rsid w:val="00D72FBD"/>
+    <w:rsid w:val="00D73D75"/>
     <w:rsid w:val="00D805D6"/>
     <w:rsid w:val="00D84865"/>
     <w:rsid w:val="00DA7BE8"/>
     <w:rsid w:val="00DB0F64"/>
     <w:rsid w:val="00DF4677"/>
     <w:rsid w:val="00E60022"/>
     <w:rsid w:val="00E736F0"/>
     <w:rsid w:val="00E853AC"/>
     <w:rsid w:val="00EA036D"/>
     <w:rsid w:val="00ED385D"/>
     <w:rsid w:val="00EE4175"/>
     <w:rsid w:val="00EF13BA"/>
     <w:rsid w:val="00F045AF"/>
     <w:rsid w:val="00F2106D"/>
     <w:rsid w:val="00F34170"/>
     <w:rsid w:val="00F3615A"/>
     <w:rsid w:val="00F36B5C"/>
     <w:rsid w:val="00FA3513"/>
     <w:rsid w:val="00FC7AD6"/>
     <w:rsid w:val="00FE1667"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4C76B00F"/>
   <w15:docId w15:val="{DE3BE132-533D-422E-A973-E44C0115FF10}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9634,51 +9578,51 @@
     <w:rsid w:val="00467608"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00467608"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="155852482">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="162746592">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9916,51 +9860,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2060936650">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uwtsd.ac.uk/media/uwtsd-website/content-assets/documents/academic-office/aqh-chapters/chapters---en/Chapter_07_Assessment_Taught_Programmes_Pages_84-91.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uwtsd.ac.uk/about/academic-office/academic-quality-handbook" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10224,67 +10168,67 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F48A266-BD86-464C-A904-C633BF3D0C97}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>840</Words>
-  <Characters>5040</Characters>
+  <Characters>4942</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>449</Lines>
+  <Paragraphs>170</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>GA28</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5869</CharactersWithSpaces>
+  <CharactersWithSpaces>5612</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>GA28</dc:title>
-  <dc:creator>Windows User</dc:creator>
-  <dc:description>August 2018</dc:description>
+  <dc:creator>t.james@uwtsd.ac.uk</dc:creator>
+  <dc:description>03-2026</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>