--- v0 (2025-10-02)
+++ v1 (2026-03-27)
@@ -492,51 +492,50 @@
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Module:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7829" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="178E1A83" w14:textId="77777777" w:rsidR="008F1308" w:rsidRPr="00A406E5" w:rsidRDefault="008F1308" w:rsidP="00E51AAC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B84B5B" w:rsidRPr="00A406E5" w14:paraId="11E8E08A" w14:textId="77777777" w:rsidTr="008F1308">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="pct15" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="148916CD" w14:textId="77777777" w:rsidR="00B84B5B" w:rsidRPr="00A406E5" w:rsidRDefault="00B84B5B" w:rsidP="00E51AAC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
@@ -806,51 +805,50 @@
           <w:p w14:paraId="018F8160" w14:textId="77777777" w:rsidR="00B84B5B" w:rsidRPr="00A406E5" w:rsidRDefault="00552351" w:rsidP="00E51AAC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Submission deadline:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3293" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7962E556" w14:textId="77777777" w:rsidR="00B84B5B" w:rsidRPr="00A406E5" w:rsidRDefault="00B84B5B" w:rsidP="005F0579">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="pct15" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62050D8D" w14:textId="77777777" w:rsidR="00B84B5B" w:rsidRPr="00A406E5" w:rsidRDefault="00552351" w:rsidP="001E57C1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -907,51 +905,50 @@
             </w:pPr>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Submission method</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7829" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="465B0740" w14:textId="77777777" w:rsidR="00A406E5" w:rsidRPr="00A406E5" w:rsidRDefault="00A406E5" w:rsidP="00A406E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>All written assessments, where practical and possible, must be submitted via Turnitin unless otherwise instructed by the Lecturer. (Please DO NOT put this assessment specification into Turnitin or it will match many similarities with other students’ submissions.)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D31F57F" w14:textId="77777777" w:rsidR="00A406E5" w:rsidRPr="00A406E5" w:rsidRDefault="00A406E5" w:rsidP="005F0579">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1128,144 +1125,1169 @@
           <w:p w14:paraId="7DD28E47" w14:textId="77777777" w:rsidR="00A406E5" w:rsidRPr="00A406E5" w:rsidRDefault="00A406E5" w:rsidP="00A406E5">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Academic honesty / referencing:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7829" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11A935E1" w14:textId="77777777" w:rsidR="00A406E5" w:rsidRPr="00A406E5" w:rsidRDefault="00A406E5" w:rsidP="00A406E5">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Academic honesty is required. In the main body of your submission you must give credit to authors on whose research and ideas your work is based. Append to your submission a reference list that indicates the books, articles, etc. that you have </w:t>
             </w:r>
             <w:r w:rsidR="005F3A53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">used, </w:t>
             </w:r>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">cited or quoted in order to complete this assessment.  </w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00977D5B" w:rsidRPr="00A406E5" w14:paraId="0E8141C2" w14:textId="77777777" w:rsidTr="00A406E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2093" w:type="dxa"/>
+            <w:shd w:val="pct15" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="42812371" w14:textId="296F76B4" w:rsidR="00977D5B" w:rsidRPr="00A406E5" w:rsidRDefault="00977D5B" w:rsidP="00A406E5">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Work over the word limit:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7829" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="7611" w:type="dxa"/>
+              <w:tblCellMar>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="7611"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="002A0A89" w14:paraId="172118B1" w14:textId="77777777" w:rsidTr="007B7EAA">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7611" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="nil"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="0" w:type="dxa"/>
+                    <w:left w:w="108" w:type="dxa"/>
+                    <w:bottom w:w="0" w:type="dxa"/>
+                    <w:right w:w="108" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="3E22FE13" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="002A0A89">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:eastAsia="zh-CN"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>To support fairness and good academic writing, each assessment has a set word limit. It’s important that you stay within this limit. The word limit helps ensure:</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5F7A03D4" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="002A0A89">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="21"/>
+                    </w:numPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>You write clearly and concisely.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="66F1CF8E" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="002A0A89">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="21"/>
+                    </w:numPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>All students complete the assessment on an equal basis.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="32141881" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRDefault="002A0A89" w:rsidP="002A0A89">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="529BE552" w14:textId="17339CD3" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="007B7EAA">
+                  <w:pPr>
+                    <w:keepNext/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>If You Go Over the Word Limit</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="41B9566D" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="007B7EAA">
+                  <w:pPr>
+                    <w:keepNext/>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>If your work exceeds the word limit, the following penalties will normally apply. These deductions cannot take your mark below the pass mark for the module.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7E35730E" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="002A0A89">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:tbl>
+                  <w:tblPr>
+                    <w:tblW w:w="0" w:type="auto"/>
+                    <w:tblCellMar>
+                      <w:left w:w="0" w:type="dxa"/>
+                      <w:right w:w="0" w:type="dxa"/>
+                    </w:tblCellMar>
+                    <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                  </w:tblPr>
+                  <w:tblGrid>
+                    <w:gridCol w:w="1936"/>
+                    <w:gridCol w:w="5274"/>
+                  </w:tblGrid>
+                  <w:tr w:rsidR="002A0A89" w:rsidRPr="002A0A89" w14:paraId="566F5D17" w14:textId="77777777" w:rsidTr="007B7EAA">
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="1936" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="638BC9A8" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="002A0A89">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="007B7EAA">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>Amount Over Limit</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="5274" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:left w:val="nil"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="04C42FB1" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="002A0A89">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="007B7EAA">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>Penalty Applied</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                  <w:tr w:rsidR="002A0A89" w:rsidRPr="002A0A89" w14:paraId="56B1AEE6" w14:textId="77777777" w:rsidTr="007B7EAA">
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="1936" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="6E6039B3" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="002A0A89">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="007B7EAA">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>Up to 10% over</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="5274" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="nil"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="7C926FF3" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="002A0A89">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="007B7EAA">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>No penalty</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                  <w:tr w:rsidR="002A0A89" w:rsidRPr="002A0A89" w14:paraId="3B9831F6" w14:textId="77777777" w:rsidTr="007B7EAA">
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="1936" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="0D5EED92" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="002A0A89">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="007B7EAA">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>10%–25% over</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="5274" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="nil"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="0DCCC4D2" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="002A0A89">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="007B7EAA">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">5 mark deduction </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="007B7EAA">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:i/>
+                            <w:iCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>or</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="007B7EAA">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> reduction to the capped mark (whichever is the smaller penalty)</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                  <w:tr w:rsidR="002A0A89" w:rsidRPr="002A0A89" w14:paraId="3E3E7359" w14:textId="77777777" w:rsidTr="007B7EAA">
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="1936" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="48A9E183" w14:textId="2D07F81E" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="002A0A89">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="007B7EAA">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>2</w:t>
+                        </w:r>
+                        <w:r w:rsidR="003A78A7">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>6</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="007B7EAA">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>%–50% over</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="5274" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="nil"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="383D2E3D" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="002A0A89">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="007B7EAA">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">10 mark deduction </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="007B7EAA">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:i/>
+                            <w:iCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>or</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="007B7EAA">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> reduction to the capped mark (whichever is the smaller penalty)</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                  <w:tr w:rsidR="002A0A89" w:rsidRPr="002A0A89" w14:paraId="27D5D4D0" w14:textId="77777777" w:rsidTr="007B7EAA">
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="1936" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="5B38D01C" w14:textId="6B82E77C" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="003A78A7" w:rsidP="007B7EAA">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Over </w:t>
+                        </w:r>
+                        <w:r w:rsidR="002A0A89" w:rsidRPr="007B7EAA">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">50% </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="5274" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="nil"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="2D94AA2C" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="007B7EAA">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="007B7EAA">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>Mark capped at the pass mark</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                </w:tbl>
+                <w:p w14:paraId="35EA6F91" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="007B7EAA">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7DC6D5FA" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="007B7EAA">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Examples (Undergraduate):</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="500BE2E3" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="007B7EAA">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="20"/>
+                    </w:numPr>
+                    <w:tabs>
+                      <w:tab w:val="clear" w:pos="720"/>
+                      <w:tab w:val="num" w:pos="415"/>
+                    </w:tabs>
+                    <w:ind w:left="415" w:hanging="284"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">A mark of </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>44%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> would be reduced to the pass mark of </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>40%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> if the work is 10–25% over.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="730BFD19" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="007B7EAA">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="20"/>
+                    </w:numPr>
+                    <w:tabs>
+                      <w:tab w:val="clear" w:pos="720"/>
+                      <w:tab w:val="num" w:pos="415"/>
+                    </w:tabs>
+                    <w:ind w:left="415" w:hanging="284"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">A mark of </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>49%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> would be reduced by 5 marks to </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>44%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2DF991BB" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="007B7EAA">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="20"/>
+                    </w:numPr>
+                    <w:tabs>
+                      <w:tab w:val="clear" w:pos="720"/>
+                      <w:tab w:val="num" w:pos="415"/>
+                    </w:tabs>
+                    <w:ind w:left="415" w:hanging="284"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">A mark of </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>47%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> at 25–50% over would be reduced to </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>40%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5A589144" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="007B7EAA">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="20"/>
+                    </w:numPr>
+                    <w:tabs>
+                      <w:tab w:val="clear" w:pos="720"/>
+                      <w:tab w:val="num" w:pos="415"/>
+                    </w:tabs>
+                    <w:ind w:left="415" w:hanging="284"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">A mark of </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>55%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> at 25–50% over would be reduced by 10 marks to </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>45%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="12C9D1D8" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="007B7EAA">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="638413C6" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="007B7EAA">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>If You Are Under the Word Limit</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5CF777A2" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="007B7EAA">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>If your work is significantly under the word limit, you may lose marks because your submission may not contain enough detail to meet the learning outcomes.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1CB5607D" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="007B7EAA">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="75435EB1" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="007B7EAA">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Feedback</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3494B0DA" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRPr="007B7EAA" w:rsidRDefault="002A0A89" w:rsidP="007B7EAA">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>If a word</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007B7EAA">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:noBreakHyphen/>
+                    <w:t>limit penalty is applied, this will be stated clearly in your feedback, along with the reason.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="47515B1C" w14:textId="77777777" w:rsidR="002A0A89" w:rsidRDefault="002A0A89" w:rsidP="002A0A89">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="0F4761"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="6F39911F" w14:textId="4B4F5955" w:rsidR="00977D5B" w:rsidRPr="00977D5B" w:rsidRDefault="00977D5B" w:rsidP="007B7EAA">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32A4991A" w14:textId="77777777" w:rsidR="0028204E" w:rsidRPr="00A406E5" w:rsidRDefault="0028204E" w:rsidP="00DB116D">
+    <w:p w14:paraId="211906EB" w14:textId="2295D63A" w:rsidR="00A406E5" w:rsidRDefault="00A406E5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...45 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="582B200A" w14:textId="77777777" w:rsidR="00152E9D" w:rsidRPr="00A406E5" w:rsidRDefault="00152E9D" w:rsidP="00DB116D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -1318,51 +2340,91 @@
       </w:tr>
       <w:tr w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w14:paraId="4567B75F" w14:textId="77777777" w:rsidTr="00A406E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E73AA49" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00273FEE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="46587FEC" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00152E9D">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4C304C90" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00152E9D">
+          <w:p w14:paraId="4C304C90" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRDefault="00C01A3F" w:rsidP="00152E9D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A719EC2" w14:textId="77777777" w:rsidR="00977D5B" w:rsidRDefault="00977D5B" w:rsidP="00152E9D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="304812FB" w14:textId="77777777" w:rsidR="00977D5B" w:rsidRDefault="00977D5B" w:rsidP="00152E9D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53D4A3B0" w14:textId="77777777" w:rsidR="00977D5B" w:rsidRDefault="00977D5B" w:rsidP="00152E9D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="142CA4D8" w14:textId="77777777" w:rsidR="00977D5B" w:rsidRPr="00A406E5" w:rsidRDefault="00977D5B" w:rsidP="00152E9D">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="73F60341" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00152E9D">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3FE7D7BD" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00152E9D">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -1377,51 +2439,66 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="54A7D373" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="004D5E9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36F29420" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00BA1176">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13295696" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00BA1176">
+    <w:p w14:paraId="13295696" w14:textId="38C98DE1" w:rsidR="00977D5B" w:rsidRDefault="00977D5B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2754CC61" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00BA1176">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33EB6C7E" w14:textId="77777777" w:rsidR="0028204E" w:rsidRPr="00A406E5" w:rsidRDefault="0028204E" w:rsidP="00BA1176">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2637,51 +3714,51 @@
             </w:r>
             <w:r w:rsidRPr="00FA7E96">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>any</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA7E96">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> type of Generative AI support. This includes research support, structure support, writing/proofreading support and creative support.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79671908" w14:textId="7217FC63" w:rsidR="00FA7E96" w:rsidRDefault="00B560A8" w:rsidP="00FA7E96">
+          <w:p w14:paraId="79671908" w14:textId="7217FC63" w:rsidR="00FA7E96" w:rsidRDefault="007B7EAA" w:rsidP="00FA7E96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1610168832"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FA7E96" w:rsidRPr="00817A98">
                   <w:rPr>
@@ -2929,50 +4006,51 @@
     <w:p w14:paraId="1F6C1511" w14:textId="77777777" w:rsidR="00A3505D" w:rsidRPr="00A406E5" w:rsidRDefault="00A3505D" w:rsidP="00D22D9C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1070F57C" w14:textId="77777777" w:rsidR="004D5E9B" w:rsidRDefault="004D5E9B" w:rsidP="00D22D9C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="58865463" w14:textId="77777777" w:rsidR="004D5E9B" w:rsidRDefault="004D5E9B" w:rsidP="00D22D9C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3460389A" w14:textId="77777777" w:rsidR="004D5E9B" w:rsidRDefault="004D5E9B" w:rsidP="00D22D9C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -7425,73 +8503,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56C9E6CA" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRDefault="00C073F1" w:rsidP="00152E9D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AA7B47E" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRDefault="00C073F1" w:rsidP="00152E9D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vanish/>
         </w:rPr>
         <w:sectPr w:rsidR="00C073F1" w:rsidSect="00F61A20">
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11894" w:h="16834"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="706" w:footer="706" w:gutter="0"/>
           <w:paperSrc w:first="1" w:other="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EC408D6" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRDefault="00C073F1" w:rsidP="00152E9D">
-[...21 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0CAD8963" w14:textId="77777777" w:rsidR="001F50B6" w:rsidRDefault="001F50B6" w:rsidP="001F50B6">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="303B44"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FABF8F" w:themeFill="accent6" w:themeFillTint="99"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13858"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C073F1" w14:paraId="524A88B3" w14:textId="77777777" w:rsidTr="0043601C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13858" w:type="dxa"/>
@@ -14740,61 +15795,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>jec</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">t; </w:t>
             </w:r>
             <w:r w:rsidRPr="00F65EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">some </w:t>
+              <w:t xml:space="preserve">some appreciation of </w:t>
             </w:r>
             <w:r w:rsidRPr="00F65EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>appreciation of the breadth of the field of study and the relevant terminology)</w:t>
+              <w:t>the breadth of the field of study and the relevant terminology)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64BEC494" w14:textId="77777777" w:rsidR="0043601C" w:rsidRPr="00F65EEE" w:rsidRDefault="0043601C" w:rsidP="0093002B">
             <w:pPr>
               <w:spacing w:before="34"/>
               <w:ind w:left="108" w:right="-54"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="05883DDB" w14:textId="77777777" w:rsidR="0043601C" w:rsidRPr="00D9771E" w:rsidRDefault="0043601C" w:rsidP="0093002B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -14832,57 +15887,57 @@
               </w:rPr>
               <w:t xml:space="preserve">understanding of the basic underlying concepts and principles of the subject(s), for example </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>with significant</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> inaccuracies, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:t xml:space="preserve">inclusion of a </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">inclusion of a </w:t>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t>substantial</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> amount of irrelevant material and/or absence of appropriate information</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> / material</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
@@ -14900,198 +15955,174 @@
               <w:lastRenderedPageBreak/>
               <w:t>Work shows limited but fragmentary understanding of the basic underlying concepts and principles o</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">f the subject(s).  There are </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">inaccuracies, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">inclusion of irrelevant </w:t>
+              <w:t xml:space="preserve">inclusion of irrelevant material and/or </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>material and/or absence of appropriate information</w:t>
+              <w:t>absence of appropriate information</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> / material</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2819E3B6" w14:textId="77777777" w:rsidR="0043601C" w:rsidRPr="001F7C7C" w:rsidRDefault="0043601C" w:rsidP="0093002B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">actual approach showing understanding of the basic underlying concepts and principles of the subject(s), resulting in students being largely prepared for study at </w:t>
+              <w:t xml:space="preserve">actual approach showing understanding of the basic underlying concepts and principles of the subject(s), resulting in students being largely prepared for study at Level 4. Narrow </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Level 4. Narrow or misguided selection of some material, with elements missing or inaccurate.</w:t>
+              <w:t>or misguided selection of some material, with elements missing or inaccurate.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04419251" w14:textId="77777777" w:rsidR="0043601C" w:rsidRPr="001F7C7C" w:rsidRDefault="0043601C" w:rsidP="0093002B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Good work showing understanding of the basic underlying concepts and principles of the subject(s), resulting in students being prepared for study at Level 4, </w:t>
-[...6 lines deleted...]
-              <w:t>but lacking depth and breadth.</w:t>
+              <w:t>Good work showing understanding of the basic underlying concepts and principles of the subject(s), resulting in students being prepared for study at Level 4, but lacking depth and breadth.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6296CEB1" w14:textId="77777777" w:rsidR="0043601C" w:rsidRPr="001F7C7C" w:rsidRDefault="0043601C" w:rsidP="0093002B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...7 lines deleted...]
-              <w:t>well prepared for study at Level 4.</w:t>
+              <w:t>Work of solid quality showing competent and consistent understanding of the basic underlying concepts and principles of the subject(s), resulting in students being well prepared for study at Level 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E844F04" w14:textId="77777777" w:rsidR="0043601C" w:rsidRPr="001F7C7C" w:rsidRDefault="0043601C" w:rsidP="0093002B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...7 lines deleted...]
-              <w:t>for study at Level 4.</w:t>
+              <w:t>High quality work showing detailed understanding of the basic underlying concepts and principles of the subject(s), resulting in students being highly prepared for study at Level 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44D829D0" w14:textId="77777777" w:rsidR="0043601C" w:rsidRPr="001F7C7C" w:rsidRDefault="0043601C" w:rsidP="0093002B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Exceptionally high quality work showing very detailed understanding of the basic underlying concepts and principles of the subject(s), resulting in students being most highly </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>prepared for study at Level 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0043601C" w:rsidRPr="00D9771E" w14:paraId="1A13EB6B" w14:textId="77777777" w:rsidTr="0043601C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FABF8F" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
           <w:p w14:paraId="3FB26D9F" w14:textId="77777777" w:rsidR="0043601C" w:rsidRDefault="0043601C" w:rsidP="0093002B">
             <w:pPr>
               <w:spacing w:before="34" w:line="239" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="-54"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -16164,82 +17195,82 @@
               </w:rPr>
               <w:t xml:space="preserve"> subject</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.  Il</w:t>
             </w:r>
             <w:r w:rsidRPr="00157796">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>logica</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>l</w:t>
             </w:r>
             <w:r w:rsidRPr="00157796">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> arguments and judgements in </w:t>
+              <w:t xml:space="preserve"> arguments and judgements in places an</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7C7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="00157796">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:t xml:space="preserve"> wi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F7C7C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>places an</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> some</w:t>
+              <w:t>some</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00157796">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>inaccu</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00157796">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>acies</w:t>
             </w:r>
@@ -17792,60 +18823,60 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F65EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00F65EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">omplete tasks and procedures: individually and/or collaboratively; </w:t>
+              <w:t xml:space="preserve">omplete tasks and procedures: individually and/or collaboratively; use appropriate media to </w:t>
             </w:r>
             <w:r w:rsidRPr="00F65EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>use appropriate media to communicate; clarity and effectiveness in presentation and organisation.)</w:t>
+              <w:t>communicate; clarity and effectiveness in presentation and organisation.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45C454E5" w14:textId="77777777" w:rsidR="0043601C" w:rsidRPr="001F7C7C" w:rsidRDefault="0043601C" w:rsidP="0093002B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A532D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Work is poorly structured, disorganised, inaccurate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>,</w:t>
@@ -17856,58 +18887,58 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>incoherent</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, incomplete</w:t>
             </w:r>
             <w:r w:rsidRPr="005A532D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> and/or confusingly expressed</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve">. Markedly poor </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Markedly poor use of language</w:t>
+              <w:t>use of language</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> and/or medium of communication.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00765A2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Failure to work effectively as part of a group.</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -17963,58 +18994,58 @@
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>tructure. Material is incoherent</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> or poorly expressed in places</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>. Serious or extensiv</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">e spelling and </w:t>
+              <w:t xml:space="preserve">e spelling and grammatical </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">grammatical mistakes, very inappropriate style </w:t>
+              <w:t xml:space="preserve">mistakes, very inappropriate style </w:t>
             </w:r>
             <w:r w:rsidRPr="009F3405">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">and/or </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">weak use of the medium. </w:t>
             </w:r>
             <w:r w:rsidRPr="00F63405">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Flawed approach to group work, meeting only partial obligations to others. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Demonstrates limited</w:t>
             </w:r>
@@ -18049,58 +19080,58 @@
               </w:rPr>
               <w:t>though it may be</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> weak and/or inconsistent </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">in places </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>and lack</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">ing in sequential </w:t>
+              <w:t xml:space="preserve">ing in sequential development. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>development. I</w:t>
+              <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="00917F6C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">deas / concepts are </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>adequately</w:t>
             </w:r>
             <w:r w:rsidRPr="00917F6C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> expressed </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">but with </w:t>
             </w:r>
@@ -18207,64 +19238,64 @@
               </w:rPr>
               <w:t>may lack</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> coherence in places and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">minor </w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">mistakes in the work </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">may be evident. </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>may be evident. I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917F6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">deas / concepts </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00917F6C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>I</w:t>
-[...5 lines deleted...]
-              <w:t>deas / concepts are clearly expressed</w:t>
+              <w:t>are clearly expressed</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00927FF5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>using media appropriate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>ly</w:t>
             </w:r>
             <w:r w:rsidRPr="00917F6C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
@@ -18335,58 +19366,58 @@
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00927FF5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Ideas / concepts are </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">very </w:t>
             </w:r>
             <w:r w:rsidRPr="00927FF5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>clearly expressed</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> using </w:t>
+              <w:t xml:space="preserve"> using media </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>media appropriately.</w:t>
+              <w:t>appropriately.</w:t>
             </w:r>
             <w:r w:rsidRPr="00927FF5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F63405">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Can work effectively independently and/or as part of a team, with </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>very good</w:t>
             </w:r>
             <w:r w:rsidRPr="00F63405">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> contribution to group activities. </w:t>
             </w:r>
@@ -18427,70 +19458,70 @@
               <w:lastRenderedPageBreak/>
               <w:t>Very w</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">ell-organised work which develops flow and progression in a well-structured manner. </w:t>
             </w:r>
             <w:r w:rsidRPr="00927FF5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Ideas / concepts are </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>fluently</w:t>
             </w:r>
             <w:r w:rsidRPr="00927FF5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> expressed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00927FF5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:t xml:space="preserve"> using </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927FF5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>expressed</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> using media </w:t>
+              <w:t xml:space="preserve">media </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">very </w:t>
             </w:r>
             <w:r w:rsidRPr="00927FF5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>appropriate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>ly</w:t>
             </w:r>
             <w:r w:rsidRPr="00927FF5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
@@ -18543,69 +19574,63 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Exceptionally well-organised work which develops flow and progression in a well-structured manner. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>High level of fluenc</w:t>
             </w:r>
             <w:r w:rsidRPr="00927FF5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:t xml:space="preserve"> of expression</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927FF5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>of expression</w:t>
-[...10 lines deleted...]
-              </w:rPr>
               <w:t>throughout,</w:t>
             </w:r>
             <w:r w:rsidRPr="001F7C7C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00927FF5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">using media </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>well to enhance the work</w:t>
             </w:r>
             <w:r w:rsidRPr="00927FF5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
@@ -18829,150 +19854,169 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times (WN)">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0609070205080204"/>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...1 lines deleted...]
-    <w:panose1 w:val="02020609040205080304"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="15D7DBAA" w14:textId="77777777" w:rsidR="00152E9D" w:rsidRDefault="00152E9D">
+  <w:p w14:paraId="15D7DBAA" w14:textId="77777777" w:rsidR="00152E9D" w:rsidRPr="007B7EAA" w:rsidRDefault="00152E9D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="007B7EAA">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidR="0017512A">
+    <w:r w:rsidR="0017512A" w:rsidRPr="007B7EAA">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="007B7EAA">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidR="0017512A">
+    <w:r w:rsidR="0017512A" w:rsidRPr="007B7EAA">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="001B23A0">
+    <w:r w:rsidR="001B23A0" w:rsidRPr="007B7EAA">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
-    <w:r w:rsidR="0017512A">
+    <w:r w:rsidR="0017512A" w:rsidRPr="007B7EAA">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="007B7EAA">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidR="0017512A">
+    <w:r w:rsidR="0017512A" w:rsidRPr="007B7EAA">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="007B7EAA">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
-    <w:r w:rsidR="0017512A">
+    <w:r w:rsidR="0017512A" w:rsidRPr="007B7EAA">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="001B23A0">
+    <w:r w:rsidR="001B23A0" w:rsidRPr="007B7EAA">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
-    <w:r w:rsidR="0017512A">
+    <w:r w:rsidR="0017512A" w:rsidRPr="007B7EAA">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1512CE12" w14:textId="77777777" w:rsidR="00152E9D" w:rsidRDefault="00152E9D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="58BD15F6" w14:textId="77777777" w:rsidR="00152E9D" w:rsidRDefault="00152E9D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
@@ -19747,50 +20791,142 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6180" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E9B3AA9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4FDAAF68"/>
+    <w:lvl w:ilvl="0" w:tplc="006A325A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="311A72B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="112AC9F6"/>
     <w:lvl w:ilvl="0" w:tplc="22D0FDEC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="BulletedList"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="288"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="288"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -19889,51 +21025,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="343516A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF3C6C3C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -20002,51 +21138,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38316035"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5712C6E2"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20142,51 +21278,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Verdana" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A103B14"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F436697E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -20255,51 +21391,200 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45F350DF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CDB40A6A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45FB7405"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4C94272E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -20341,51 +21626,200 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="562E75BE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1B0015BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F4E0FDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="198A4726"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -20454,51 +21888,200 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60CE1598"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3C308F06"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62760694"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03A88C3C"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -20540,51 +22123,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B527A7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6686A130"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -20626,51 +22209,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71E648F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8BC0AF6A"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -20712,51 +22295,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72D806BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BFFE19EC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -20856,197 +22439,239 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="41755510">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="628323840">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1085878063">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="863054925">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1263955097">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1925650109">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="456411985">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1882329287">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="86459903">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1415735369">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1318650193">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1397969797">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="908032796">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1521353981">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1637370365">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1278609010">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1288195427">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1465852687">
+    <w:abstractNumId w:val="7"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1561794496">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="2061047979">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1270166761">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB4521"/>
     <w:rsid w:val="00011666"/>
+    <w:rsid w:val="000200B5"/>
     <w:rsid w:val="00026B02"/>
     <w:rsid w:val="00062855"/>
     <w:rsid w:val="000822E5"/>
     <w:rsid w:val="000971FC"/>
     <w:rsid w:val="000A2A3A"/>
     <w:rsid w:val="000A43CF"/>
     <w:rsid w:val="000A492A"/>
     <w:rsid w:val="000D2F80"/>
     <w:rsid w:val="000E413A"/>
     <w:rsid w:val="000F5AA3"/>
     <w:rsid w:val="000F7E32"/>
     <w:rsid w:val="00100396"/>
     <w:rsid w:val="00100B5C"/>
     <w:rsid w:val="001106E9"/>
     <w:rsid w:val="00124CA5"/>
     <w:rsid w:val="00134F77"/>
     <w:rsid w:val="001363A5"/>
     <w:rsid w:val="00152E9D"/>
     <w:rsid w:val="00154487"/>
     <w:rsid w:val="0017512A"/>
     <w:rsid w:val="00196958"/>
     <w:rsid w:val="001A1E39"/>
     <w:rsid w:val="001A24F3"/>
     <w:rsid w:val="001B23A0"/>
     <w:rsid w:val="001B405C"/>
     <w:rsid w:val="001B5F45"/>
     <w:rsid w:val="001E1050"/>
     <w:rsid w:val="001E1E1F"/>
     <w:rsid w:val="001E2007"/>
     <w:rsid w:val="001E57C1"/>
     <w:rsid w:val="001F07EF"/>
     <w:rsid w:val="001F50B6"/>
     <w:rsid w:val="001F6D7A"/>
+    <w:rsid w:val="0021264F"/>
     <w:rsid w:val="00224849"/>
     <w:rsid w:val="0022746E"/>
     <w:rsid w:val="00235F71"/>
     <w:rsid w:val="002444CA"/>
     <w:rsid w:val="00260DE6"/>
     <w:rsid w:val="00273FEE"/>
     <w:rsid w:val="0028204E"/>
     <w:rsid w:val="0028591B"/>
     <w:rsid w:val="002878BF"/>
     <w:rsid w:val="00291841"/>
+    <w:rsid w:val="002A0A89"/>
     <w:rsid w:val="002C449B"/>
     <w:rsid w:val="002C6040"/>
     <w:rsid w:val="002D5B3F"/>
     <w:rsid w:val="002E272E"/>
     <w:rsid w:val="002F5778"/>
     <w:rsid w:val="003223E0"/>
     <w:rsid w:val="00352C4A"/>
     <w:rsid w:val="00362560"/>
     <w:rsid w:val="003732FD"/>
     <w:rsid w:val="003753B2"/>
     <w:rsid w:val="00376559"/>
     <w:rsid w:val="00382BAA"/>
     <w:rsid w:val="00384D73"/>
     <w:rsid w:val="00393EB6"/>
     <w:rsid w:val="003A3CE5"/>
+    <w:rsid w:val="003A78A7"/>
     <w:rsid w:val="003B366F"/>
     <w:rsid w:val="003B3F9D"/>
     <w:rsid w:val="003B6C95"/>
     <w:rsid w:val="003E5751"/>
+    <w:rsid w:val="003F2F76"/>
     <w:rsid w:val="004046A9"/>
     <w:rsid w:val="00404C50"/>
     <w:rsid w:val="00423934"/>
     <w:rsid w:val="00426244"/>
     <w:rsid w:val="0043601C"/>
     <w:rsid w:val="00451810"/>
     <w:rsid w:val="00470A38"/>
     <w:rsid w:val="00477880"/>
     <w:rsid w:val="00486B0E"/>
     <w:rsid w:val="004874DE"/>
     <w:rsid w:val="0049309D"/>
     <w:rsid w:val="004B5334"/>
     <w:rsid w:val="004B6C14"/>
     <w:rsid w:val="004D5E9B"/>
     <w:rsid w:val="004D63D9"/>
     <w:rsid w:val="004E58DA"/>
     <w:rsid w:val="004E6585"/>
     <w:rsid w:val="004F38B4"/>
     <w:rsid w:val="0050249F"/>
     <w:rsid w:val="00524566"/>
     <w:rsid w:val="00527E60"/>
     <w:rsid w:val="00530BEF"/>
     <w:rsid w:val="00552351"/>
     <w:rsid w:val="00561F00"/>
     <w:rsid w:val="00562C4E"/>
@@ -21063,128 +22688,134 @@
     <w:rsid w:val="005D432C"/>
     <w:rsid w:val="005E285E"/>
     <w:rsid w:val="005E72F8"/>
     <w:rsid w:val="005F0579"/>
     <w:rsid w:val="005F3A53"/>
     <w:rsid w:val="006062A3"/>
     <w:rsid w:val="00610E08"/>
     <w:rsid w:val="006140BF"/>
     <w:rsid w:val="006161BE"/>
     <w:rsid w:val="00620787"/>
     <w:rsid w:val="00632434"/>
     <w:rsid w:val="0063478F"/>
     <w:rsid w:val="00644256"/>
     <w:rsid w:val="00661D6F"/>
     <w:rsid w:val="006628E9"/>
     <w:rsid w:val="00663445"/>
     <w:rsid w:val="0066725E"/>
     <w:rsid w:val="006716C7"/>
     <w:rsid w:val="00681208"/>
     <w:rsid w:val="00681FA9"/>
     <w:rsid w:val="00691EA9"/>
     <w:rsid w:val="006934D4"/>
     <w:rsid w:val="006A23D3"/>
     <w:rsid w:val="006A6DC3"/>
     <w:rsid w:val="006B6BF5"/>
+    <w:rsid w:val="006C279F"/>
     <w:rsid w:val="006C513A"/>
     <w:rsid w:val="006D49ED"/>
     <w:rsid w:val="006D55CE"/>
     <w:rsid w:val="006D637A"/>
     <w:rsid w:val="006D6F24"/>
     <w:rsid w:val="006F0F95"/>
     <w:rsid w:val="006F45BF"/>
     <w:rsid w:val="006F60E0"/>
     <w:rsid w:val="00702F71"/>
     <w:rsid w:val="007366DF"/>
     <w:rsid w:val="00757839"/>
     <w:rsid w:val="00770C81"/>
     <w:rsid w:val="00786A25"/>
     <w:rsid w:val="00791024"/>
     <w:rsid w:val="00793F0A"/>
     <w:rsid w:val="007A2657"/>
+    <w:rsid w:val="007B7EAA"/>
     <w:rsid w:val="007C682C"/>
     <w:rsid w:val="007D2385"/>
     <w:rsid w:val="007D5DE2"/>
     <w:rsid w:val="007F214F"/>
     <w:rsid w:val="00800069"/>
     <w:rsid w:val="008042F0"/>
+    <w:rsid w:val="0081658D"/>
     <w:rsid w:val="008310A0"/>
     <w:rsid w:val="00835D29"/>
     <w:rsid w:val="00842E7F"/>
     <w:rsid w:val="00852933"/>
     <w:rsid w:val="008566E5"/>
     <w:rsid w:val="008566FE"/>
     <w:rsid w:val="00865B46"/>
     <w:rsid w:val="0087277F"/>
     <w:rsid w:val="00874887"/>
     <w:rsid w:val="00896134"/>
     <w:rsid w:val="008A53B3"/>
     <w:rsid w:val="008A62BC"/>
     <w:rsid w:val="008B43E7"/>
     <w:rsid w:val="008D763F"/>
     <w:rsid w:val="008F036F"/>
     <w:rsid w:val="008F1308"/>
     <w:rsid w:val="008F78C2"/>
     <w:rsid w:val="00904568"/>
     <w:rsid w:val="00911394"/>
     <w:rsid w:val="00923EF2"/>
     <w:rsid w:val="00926D25"/>
     <w:rsid w:val="00926E9D"/>
     <w:rsid w:val="009315A0"/>
     <w:rsid w:val="00932C6E"/>
     <w:rsid w:val="00933F10"/>
     <w:rsid w:val="009433C5"/>
     <w:rsid w:val="00943F2B"/>
     <w:rsid w:val="00965881"/>
+    <w:rsid w:val="00977D5B"/>
     <w:rsid w:val="009804BB"/>
     <w:rsid w:val="009871FF"/>
     <w:rsid w:val="00990799"/>
     <w:rsid w:val="00995D51"/>
     <w:rsid w:val="009A0631"/>
     <w:rsid w:val="009B10ED"/>
     <w:rsid w:val="009D3EA4"/>
     <w:rsid w:val="009D649C"/>
     <w:rsid w:val="009E4BC1"/>
     <w:rsid w:val="009F5CB2"/>
+    <w:rsid w:val="00A01F46"/>
     <w:rsid w:val="00A03BB8"/>
     <w:rsid w:val="00A16E98"/>
     <w:rsid w:val="00A3505D"/>
     <w:rsid w:val="00A4036F"/>
     <w:rsid w:val="00A406E5"/>
     <w:rsid w:val="00A423D0"/>
     <w:rsid w:val="00A4641C"/>
     <w:rsid w:val="00A55876"/>
     <w:rsid w:val="00A67FB1"/>
     <w:rsid w:val="00A85BFE"/>
     <w:rsid w:val="00AB6FE7"/>
     <w:rsid w:val="00AB7AD7"/>
     <w:rsid w:val="00AD2430"/>
     <w:rsid w:val="00AE41A6"/>
     <w:rsid w:val="00AF0E34"/>
     <w:rsid w:val="00AF271D"/>
     <w:rsid w:val="00AF56C2"/>
     <w:rsid w:val="00B004E6"/>
+    <w:rsid w:val="00B01201"/>
     <w:rsid w:val="00B0744D"/>
     <w:rsid w:val="00B14D72"/>
     <w:rsid w:val="00B21EDD"/>
     <w:rsid w:val="00B50EA8"/>
     <w:rsid w:val="00B560A8"/>
     <w:rsid w:val="00B64082"/>
     <w:rsid w:val="00B72325"/>
     <w:rsid w:val="00B81AD3"/>
     <w:rsid w:val="00B829D8"/>
     <w:rsid w:val="00B84B5B"/>
     <w:rsid w:val="00B86446"/>
     <w:rsid w:val="00BA1176"/>
     <w:rsid w:val="00BE0B01"/>
     <w:rsid w:val="00BE79C7"/>
     <w:rsid w:val="00BF3CB5"/>
     <w:rsid w:val="00C01A3F"/>
     <w:rsid w:val="00C073F1"/>
     <w:rsid w:val="00C1285B"/>
     <w:rsid w:val="00C1361B"/>
     <w:rsid w:val="00C14E1F"/>
     <w:rsid w:val="00C315AF"/>
     <w:rsid w:val="00C36D9A"/>
     <w:rsid w:val="00C44A72"/>
     <w:rsid w:val="00C61FC2"/>
     <w:rsid w:val="00C705F9"/>
@@ -22577,75 +24208,75 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>AssignFrm</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>2930</Words>
-  <Characters>17705</Characters>
+  <Words>3177</Words>
+  <Characters>18809</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>147</Lines>
-  <Paragraphs>41</Paragraphs>
+  <Lines>1343</Lines>
+  <Paragraphs>229</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>GA36 Level 3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>S.I.H.E.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20594</CharactersWithSpaces>
+  <CharactersWithSpaces>21757</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>3932241</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.managers.org.uk/research-analysis/research/current-research/business-benefits-management-and-leadership-development-</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6029399</vt:i4>
       </vt:variant>
       <vt:variant>