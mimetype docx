--- v0 (2025-10-02)
+++ v1 (2026-03-27)
@@ -492,51 +492,50 @@
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Module:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7829" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4819BA8F" w14:textId="77777777" w:rsidR="008F1308" w:rsidRPr="00A406E5" w:rsidRDefault="008F1308" w:rsidP="00E51AAC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B84B5B" w:rsidRPr="00A406E5" w14:paraId="374222DB" w14:textId="77777777" w:rsidTr="008F1308">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="pct15" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CFBB412" w14:textId="77777777" w:rsidR="00B84B5B" w:rsidRPr="00A406E5" w:rsidRDefault="00B84B5B" w:rsidP="00E51AAC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
@@ -806,51 +805,50 @@
           <w:p w14:paraId="6B01B1E5" w14:textId="77777777" w:rsidR="00B84B5B" w:rsidRPr="00A406E5" w:rsidRDefault="00552351" w:rsidP="00E51AAC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Submission deadline:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3293" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B128C43" w14:textId="77777777" w:rsidR="00B84B5B" w:rsidRPr="00A406E5" w:rsidRDefault="00B84B5B" w:rsidP="005F0579">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="pct15" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="519BB9BC" w14:textId="77777777" w:rsidR="00B84B5B" w:rsidRPr="00A406E5" w:rsidRDefault="00552351" w:rsidP="001E57C1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -907,51 +905,50 @@
             </w:pPr>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Submission method</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7829" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D865C85" w14:textId="77777777" w:rsidR="00A406E5" w:rsidRPr="00A406E5" w:rsidRDefault="00A406E5" w:rsidP="00A406E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>All written assessments, where practical and possible, must be submitted via Turnitin unless otherwise instructed by the Lecturer. (Please DO NOT put this assessment specification into Turnitin or it will match many similarities with other students’ submissions.)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46982DA3" w14:textId="77777777" w:rsidR="00A406E5" w:rsidRPr="00A406E5" w:rsidRDefault="00A406E5" w:rsidP="005F0579">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1065,144 +1062,1185 @@
           <w:p w14:paraId="5DEE3EBD" w14:textId="77777777" w:rsidR="00A406E5" w:rsidRPr="00A406E5" w:rsidRDefault="00A406E5" w:rsidP="00A406E5">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Academic honesty / referencing:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7829" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17E9CA41" w14:textId="77777777" w:rsidR="00A406E5" w:rsidRPr="00A406E5" w:rsidRDefault="00A406E5" w:rsidP="00A406E5">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Academic honesty is required. In the main body of your submission you must give credit to authors on whose research and ideas your work is based. Append to your submission a reference list that indicates the books, articles, etc. that you have </w:t>
             </w:r>
             <w:r w:rsidR="005F3A53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">used, </w:t>
             </w:r>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">cited or quoted in order to complete this assessment.  </w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E6190" w:rsidRPr="00A406E5" w14:paraId="731178DF" w14:textId="77777777" w:rsidTr="00A406E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2093" w:type="dxa"/>
+            <w:shd w:val="pct15" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C698443" w14:textId="44F43721" w:rsidR="000E6190" w:rsidRPr="00A406E5" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Work over the word limit:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7829" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="7611" w:type="dxa"/>
+              <w:tblCellMar>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="7611"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="000E6190" w:rsidRPr="00C83B13" w14:paraId="221F867A" w14:textId="77777777" w:rsidTr="008F1BBB">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7611" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="nil"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="0" w:type="dxa"/>
+                    <w:left w:w="108" w:type="dxa"/>
+                    <w:bottom w:w="0" w:type="dxa"/>
+                    <w:right w:w="108" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="67F3B435" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:eastAsia="zh-CN"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>To support fairness and good academic writing, each assessment has a set word limit. It’s important that you stay within this limit. The word limit helps ensure:</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="0B5534DE" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="18"/>
+                    </w:numPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>You write clearly and concisely.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5ED9D36E" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="18"/>
+                    </w:numPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>All students complete the assessment on an equal basis.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="6591184C" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="0A5E06AF" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:keepNext/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>If You Go Over the Word Limit</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="543330B4" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:keepNext/>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">If your work exceeds the word limit, the following penalties will normally apply. These deductions cannot take your mark below the pass mark for the </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>module.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4AE04E05" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:tbl>
+                  <w:tblPr>
+                    <w:tblW w:w="0" w:type="auto"/>
+                    <w:tblCellMar>
+                      <w:left w:w="0" w:type="dxa"/>
+                      <w:right w:w="0" w:type="dxa"/>
+                    </w:tblCellMar>
+                    <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                  </w:tblPr>
+                  <w:tblGrid>
+                    <w:gridCol w:w="1936"/>
+                    <w:gridCol w:w="5274"/>
+                  </w:tblGrid>
+                  <w:tr w:rsidR="000E6190" w:rsidRPr="00C83B13" w14:paraId="09A2C0F4" w14:textId="77777777" w:rsidTr="008F1BBB">
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="1936" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="1A1DED7C" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00C83B13">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>Amount Over Limit</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="5274" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:left w:val="nil"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="092C7575" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00C83B13">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>Penalty Applied</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                  <w:tr w:rsidR="000E6190" w:rsidRPr="00C83B13" w14:paraId="5FAC9F3F" w14:textId="77777777" w:rsidTr="008F1BBB">
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="1936" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="43D11400" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00C83B13">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>Up to 10% over</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="5274" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="nil"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="46F92927" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00C83B13">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>No penalty</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                  <w:tr w:rsidR="000E6190" w:rsidRPr="00C83B13" w14:paraId="03F63506" w14:textId="77777777" w:rsidTr="008F1BBB">
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="1936" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="7C662B2B" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00C83B13">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>10%–25% over</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="5274" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="nil"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="7693176A" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00C83B13">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">5 mark deduction </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00C83B13">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:i/>
+                            <w:iCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>or</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00C83B13">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> reduction to the capped mark (whichever is the smaller penalty)</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                  <w:tr w:rsidR="000E6190" w:rsidRPr="00C83B13" w14:paraId="1EE6B287" w14:textId="77777777" w:rsidTr="008F1BBB">
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="1936" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="175CCFDE" w14:textId="525DAB5D" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00C83B13">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>2</w:t>
+                        </w:r>
+                        <w:r w:rsidR="00AD76DE" w:rsidRPr="00C83B13">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>6</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00C83B13">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>%–50% over</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="5274" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="nil"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="5E9F4353" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00C83B13">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">10 mark deduction </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00C83B13">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:i/>
+                            <w:iCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>or</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00C83B13">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> reduction to the capped mark (whichever is the smaller penalty)</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                  <w:tr w:rsidR="000E6190" w:rsidRPr="00C83B13" w14:paraId="3B902002" w14:textId="77777777" w:rsidTr="008F1BBB">
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="1936" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="135BA3B0" w14:textId="2372836D" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="00AD76DE" w:rsidP="000E6190">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00C83B13">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Over </w:t>
+                        </w:r>
+                        <w:r w:rsidR="000E6190" w:rsidRPr="00C83B13">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">50% </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="5274" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="nil"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="3DA344B8" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00C83B13">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>Mark capped at the pass mark</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                </w:tbl>
+                <w:p w14:paraId="2328CC69" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="6F36B042" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Examples (Undergraduate):</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2014C532" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="17"/>
+                    </w:numPr>
+                    <w:tabs>
+                      <w:tab w:val="clear" w:pos="720"/>
+                      <w:tab w:val="num" w:pos="415"/>
+                    </w:tabs>
+                    <w:ind w:left="415" w:hanging="284"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">A mark of </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>44%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> would be reduced to the pass mark of </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>40%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> if the work is 10–25% over.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="57DDD452" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="17"/>
+                    </w:numPr>
+                    <w:tabs>
+                      <w:tab w:val="clear" w:pos="720"/>
+                      <w:tab w:val="num" w:pos="415"/>
+                    </w:tabs>
+                    <w:ind w:left="415" w:hanging="284"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">A mark of </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>49%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> would be reduced by 5 marks to </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>44%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="742740BA" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="17"/>
+                    </w:numPr>
+                    <w:tabs>
+                      <w:tab w:val="clear" w:pos="720"/>
+                      <w:tab w:val="num" w:pos="415"/>
+                    </w:tabs>
+                    <w:ind w:left="415" w:hanging="284"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">A mark of </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>47%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> at 25–50% over would be reduced to </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>40%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="20EB11D7" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="17"/>
+                    </w:numPr>
+                    <w:tabs>
+                      <w:tab w:val="clear" w:pos="720"/>
+                      <w:tab w:val="num" w:pos="415"/>
+                    </w:tabs>
+                    <w:ind w:left="415" w:hanging="284"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">A mark of </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>55%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> at 25–50% over would be reduced by 10 marks to </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>45%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="751818BA" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="38799D8B" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>If You Are Under the Word Limit</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="2C9DAEA5" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>If your work is significantly under the word limit, you may lose marks because your submission may not contain enough detail to meet the learning outcomes.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3841BEEB" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="4D460214" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Feedback</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="11CAA8C3" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>If a word</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00C83B13">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:noBreakHyphen/>
+                    <w:t>limit penalty is applied, this will be stated clearly in your feedback, along with the reason.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="26B8FF1B" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00C83B13" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="0F4761"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="4703AD05" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00A406E5" w:rsidRDefault="000E6190" w:rsidP="000E6190">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5FCB52B6" w14:textId="77777777" w:rsidR="0028204E" w:rsidRPr="00A406E5" w:rsidRDefault="0028204E" w:rsidP="00DB116D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7220F8E8" w14:textId="77777777" w:rsidR="00152E9D" w:rsidRPr="00A406E5" w:rsidRDefault="00152E9D" w:rsidP="00DB116D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...37 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="779EEA48" w14:textId="77777777" w:rsidR="00152E9D" w:rsidRPr="00A406E5" w:rsidRDefault="00152E9D" w:rsidP="00DB116D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -1255,51 +2293,91 @@
       </w:tr>
       <w:tr w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w14:paraId="013A2E3C" w14:textId="77777777" w:rsidTr="00A406E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DC5EAB1" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00273FEE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7CC94F54" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00152E9D">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="51F55136" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00152E9D">
+          <w:p w14:paraId="51F55136" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRDefault="00C01A3F" w:rsidP="00152E9D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09027ADA" w14:textId="77777777" w:rsidR="000E6190" w:rsidRDefault="000E6190" w:rsidP="00152E9D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2237F811" w14:textId="77777777" w:rsidR="000E6190" w:rsidRDefault="000E6190" w:rsidP="00152E9D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C3B8604" w14:textId="77777777" w:rsidR="000E6190" w:rsidRDefault="000E6190" w:rsidP="00152E9D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A06AEBF" w14:textId="77777777" w:rsidR="000E6190" w:rsidRPr="00A406E5" w:rsidRDefault="000E6190" w:rsidP="00152E9D">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4B395CA8" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00152E9D">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="72A48347" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00152E9D">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -1322,51 +2400,66 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="300C7775" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00BA1176">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="694F9E2B" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00BA1176">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E73B4B9" w14:textId="77777777" w:rsidR="0028204E" w:rsidRPr="00A406E5" w:rsidRDefault="0028204E" w:rsidP="00BA1176">
+    <w:p w14:paraId="2E73B4B9" w14:textId="4D6AB60B" w:rsidR="000E6190" w:rsidRDefault="000E6190">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D6A9FA" w14:textId="77777777" w:rsidR="0028204E" w:rsidRPr="00A406E5" w:rsidRDefault="0028204E" w:rsidP="00BA1176">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9781"/>
       </w:tblGrid>
@@ -2574,51 +3667,51 @@
             </w:r>
             <w:r w:rsidRPr="00FA7E96">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>any</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA7E96">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> type of Generative AI support. This includes research support, structure support, writing/proofreading support and creative support.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B9A912F" w14:textId="60D7DC97" w:rsidR="00F35D12" w:rsidRPr="00FA7E96" w:rsidRDefault="00456DA3" w:rsidP="002F3400">
+          <w:p w14:paraId="5B9A912F" w14:textId="60D7DC97" w:rsidR="00F35D12" w:rsidRPr="00FA7E96" w:rsidRDefault="00C83B13" w:rsidP="002F3400">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1628280607"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F35D12">
                   <w:rPr>
@@ -7183,73 +8276,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C358F6A" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRDefault="00C073F1" w:rsidP="00152E9D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DCBB664" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRDefault="00C073F1" w:rsidP="00152E9D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vanish/>
         </w:rPr>
         <w:sectPr w:rsidR="00C073F1" w:rsidSect="00F61A20">
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11894" w:h="16834"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="706" w:footer="706" w:gutter="0"/>
           <w:paperSrc w:first="1" w:other="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B20EED9" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRDefault="00C073F1" w:rsidP="00152E9D">
-[...21 lines deleted...]
-    </w:p>
     <w:p w14:paraId="1485A367" w14:textId="77777777" w:rsidR="001F50B6" w:rsidRDefault="001F50B6" w:rsidP="001F50B6">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="303B44"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13858"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C073F1" w14:paraId="04BD379C" w14:textId="77777777" w:rsidTr="00AC5F32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13858" w:type="dxa"/>
@@ -9872,58 +10942,58 @@
             <w:r w:rsidRPr="00CA285D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>judgements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Some t</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA285D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">endency to assert/state opinion rather </w:t>
+              <w:t xml:space="preserve">endency to assert/state </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA285D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>than argue on t</w:t>
+              <w:t>opinion rather than argue on t</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>he basis of reason and evidence.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F11F120" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="00B669B1" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>S</w:t>
@@ -10158,50 +11228,51 @@
               <w:t>grasp of the broader field and wider concepts.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36333395" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="00B669B1" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="654EA2FC" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="00B669B1" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Exceptional </w:t>
             </w:r>
             <w:r w:rsidRPr="00F35D89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>critical thinking</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00F35D89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002637C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>ana</w:t>
@@ -10243,69 +11314,75 @@
               </w:rPr>
               <w:t xml:space="preserve"> make strong, persuasiv</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">e, arguments and sophisticated, nuanced, </w:t>
             </w:r>
             <w:r w:rsidRPr="002637C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>judgements.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00997253">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Evidence of independent thought and ability to ‘see beyond the question’, suggesting a</w:t>
+              <w:t xml:space="preserve">Evidence of independent thought and ability to ‘see beyond the question’, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00997253">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>suggesting a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00997253">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>outstanding</w:t>
             </w:r>
             <w:r w:rsidRPr="00997253">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> grasp of the broader field and wider concepts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C073F1" w:rsidRPr="00D9771E" w14:paraId="0254F01E" w14:textId="77777777" w:rsidTr="00AC5F32">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C2D69B" w:themeFill="accent3" w:themeFillTint="99"/>
           </w:tcPr>
           <w:p w14:paraId="7EF553C7" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
             <w:pPr>
               <w:spacing w:before="34" w:line="239" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="-54"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -11062,89 +12139,89 @@
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00011FB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Transferable skills for </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">life and </w:t>
             </w:r>
             <w:r w:rsidRPr="00011FB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>professional practice</w:t>
+              <w:t xml:space="preserve">professional </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00011FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>practice</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15BB44AB" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="00F65EEE" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
             <w:pPr>
               <w:spacing w:before="34" w:line="239" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="-54"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F65EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="004C2B2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Exercise of </w:t>
-[...8 lines deleted...]
-              <w:t>initiative and personal responsibility</w:t>
+              <w:t>Exercise of initiative and personal responsibility</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; professional development;</w:t>
             </w:r>
             <w:r w:rsidRPr="004C2B2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
@@ -11208,64 +12285,58 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Communication medium</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> is inappropriate or misapplied.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="355F0D1A" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="00E07BE3" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Work is poorly structured</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...6 lines deleted...]
-              <w:t>disorganised</w:t>
+              <w:t>, disorganised</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> and/or </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED3ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">confusingly expressed. Very </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>weak</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED3ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -11353,71 +12424,71 @@
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="185C8F7E" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="00E07BE3" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Communication medium </w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">is poorly designed and/or not suitable for the audience. </w:t>
+              <w:t xml:space="preserve">is poorly designed and/or not suitable for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E07BE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">the audience. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31F999B5" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="00E07BE3" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Work is poorly </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">presented in a disjointed manner. </w:t>
+              <w:t xml:space="preserve">Work is poorly presented in a disjointed manner. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>It</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED3ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> is loosely, and at times incoherently, structured, with information and ideas often poorly expressed.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> W</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED3ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">eak </w:t>
             </w:r>
@@ -11494,64 +12565,70 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4F8A92CA" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="00E07BE3" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Can communicate in a suitable </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>medium</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> but with some room for improvement. </w:t>
+              <w:t xml:space="preserve"> but with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E07BE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">some room for improvement. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="122E27A7" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="00E07BE3" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Mostly o</w:t>
             </w:r>
             <w:r w:rsidRPr="00256CA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>rdered presentation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> and structure</w:t>
             </w:r>
             <w:r w:rsidRPr="00256CA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> in which relevant ideas / concepts are reasonably expressed.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -11624,64 +12701,70 @@
               <w:t>, with some areas of minor weakness.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="03424FEE" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="00E07BE3" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Can communicate effectively in a suitable format, but may have minor errors.</w:t>
+              <w:t xml:space="preserve">Can communicate effectively in a suitable format, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E07BE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>but may have minor errors.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2200FD75" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="00E07BE3" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Mostly coherent</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, organised</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> work</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -11748,64 +12831,70 @@
               <w:t>minor weakness.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="25B894BE" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="00E07BE3" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Can communicate well, confidently and consistently in a suitable format.</w:t>
+              <w:t xml:space="preserve">Can communicate well, confidently and consistently </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E07BE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>in a suitable format.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="352F13DE" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="00E07BE3" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Work is coherent, fluent, well-</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>structured and organised.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Can work very well </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">autonomously and/or </w:t>
@@ -11896,70 +12985,70 @@
               </w:rPr>
               <w:t xml:space="preserve"> communicate professionally </w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">confidently </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005F01A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">consistently </w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>in a suitable format.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A2FCDCE" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="00E07BE3" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Work is coherent, very fluent and is presented professionally.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Can work </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">autonomously with initiative. Where relevant can work </w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>professionally within a team, showing leadership skills as appropriate, managing conflict and meeting obligations.</w:t>
@@ -11995,64 +13084,70 @@
               <w:t xml:space="preserve"> and an appetite for further development.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="76F73D5D" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="00E07BE3" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Can communicate with an exceptionally high level of professionalism. </w:t>
+              <w:t xml:space="preserve">Can communicate with an exceptionally </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E07BE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">high level of professionalism. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05FA02D0" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRPr="00E07BE3" w:rsidRDefault="00C073F1" w:rsidP="0050796C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Work is exceptionally coherent, very fluent and is presented professionally.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Can work exceptionally well and professionally within a team, showing advanced leadership skills.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E91CFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Demonstrates </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -12131,50 +13226,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2804EC4E" w14:textId="77777777" w:rsidR="00975DEE" w:rsidRDefault="00975DEE">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="303B44"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FEA3949" w14:textId="77777777" w:rsidR="00975DEE" w:rsidRPr="00975DEE" w:rsidRDefault="00975DEE" w:rsidP="00975DEE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>THIS DOCUMENT IS ALSO AVAILABLE IN WELSH</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00975DEE" w:rsidRPr="00975DEE" w:rsidSect="00C073F1">
       <w:pgSz w:w="16834" w:h="11894" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="706" w:footer="706" w:gutter="0"/>
       <w:paperSrc w:first="1" w:other="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4F0E0D37" w14:textId="77777777" w:rsidR="00B50EA8" w:rsidRDefault="00B50EA8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="36CFDD40" w14:textId="77777777" w:rsidR="00B50EA8" w:rsidRDefault="00B50EA8">
@@ -12230,157 +13326,176 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times (WN)">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0609070205080204"/>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...1 lines deleted...]
-    <w:panose1 w:val="02020609040205080304"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="291B98E0" w14:textId="77777777" w:rsidR="00152E9D" w:rsidRDefault="00152E9D">
+  <w:p w14:paraId="291B98E0" w14:textId="77777777" w:rsidR="00152E9D" w:rsidRPr="00C83B13" w:rsidRDefault="00152E9D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00C83B13">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidR="0017512A">
+    <w:r w:rsidR="0017512A" w:rsidRPr="00C83B13">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00C83B13">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidR="0017512A">
+    <w:r w:rsidR="0017512A" w:rsidRPr="00C83B13">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="005E0883">
+    <w:r w:rsidR="005E0883" w:rsidRPr="00C83B13">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
-    <w:r w:rsidR="0017512A">
+    <w:r w:rsidR="0017512A" w:rsidRPr="00C83B13">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00C83B13">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidR="0017512A">
+    <w:r w:rsidR="0017512A" w:rsidRPr="00C83B13">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00C83B13">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
-    <w:r w:rsidR="0017512A">
+    <w:r w:rsidR="0017512A" w:rsidRPr="00C83B13">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="005E0883">
+    <w:r w:rsidR="005E0883" w:rsidRPr="00C83B13">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
-    <w:r w:rsidR="0017512A">
+    <w:r w:rsidR="0017512A" w:rsidRPr="00C83B13">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="22C48A57" w14:textId="77777777" w:rsidR="00152E9D" w:rsidRDefault="00152E9D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="246FFA5C" w14:textId="77777777" w:rsidR="00152E9D" w:rsidRDefault="00152E9D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
@@ -13750,50 +14865,199 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="562E75BE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1B0015BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F4E0FDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="198A4726"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13862,51 +15126,200 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60CE1598"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3C308F06"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62760694"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03A88C3C"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13948,51 +15361,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71E648F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8BC0AF6A"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -14034,51 +15447,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72D806BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BFFE19EC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14181,153 +15594,165 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1980187438">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1697583224">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1129662898">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1149709272">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="578830593">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="905066771">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="112411671">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="785201029">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1702122028">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="875317057">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="646278689">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="571963626">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1673995786">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1807967875">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="500390440">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="507791675">
     <w:abstractNumId w:val="6"/>
   </w:num>
+  <w:num w:numId="17" w16cid:durableId="2061047979">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1270166761">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB4521"/>
     <w:rsid w:val="00011666"/>
     <w:rsid w:val="00026B02"/>
     <w:rsid w:val="000822E5"/>
     <w:rsid w:val="000971FC"/>
     <w:rsid w:val="000A2A3A"/>
     <w:rsid w:val="000A492A"/>
     <w:rsid w:val="000D2F80"/>
     <w:rsid w:val="000E413A"/>
+    <w:rsid w:val="000E6190"/>
     <w:rsid w:val="000F5AA3"/>
     <w:rsid w:val="00100396"/>
     <w:rsid w:val="00100B5C"/>
     <w:rsid w:val="00103507"/>
     <w:rsid w:val="001106E9"/>
     <w:rsid w:val="00124CA5"/>
     <w:rsid w:val="00134F77"/>
     <w:rsid w:val="00152E9D"/>
     <w:rsid w:val="00154487"/>
     <w:rsid w:val="0017512A"/>
     <w:rsid w:val="00196958"/>
     <w:rsid w:val="001A1E39"/>
     <w:rsid w:val="001A24F3"/>
     <w:rsid w:val="001B405C"/>
     <w:rsid w:val="001B5F45"/>
     <w:rsid w:val="001E1050"/>
     <w:rsid w:val="001E1E1F"/>
     <w:rsid w:val="001E2007"/>
     <w:rsid w:val="001E57C1"/>
     <w:rsid w:val="001F07EF"/>
     <w:rsid w:val="001F50B6"/>
     <w:rsid w:val="001F6D7A"/>
+    <w:rsid w:val="0021264F"/>
     <w:rsid w:val="0022746E"/>
     <w:rsid w:val="00235F71"/>
     <w:rsid w:val="002444CA"/>
     <w:rsid w:val="00260DE6"/>
     <w:rsid w:val="00273FEE"/>
     <w:rsid w:val="0028204E"/>
     <w:rsid w:val="0028591B"/>
     <w:rsid w:val="00291841"/>
     <w:rsid w:val="002C449B"/>
     <w:rsid w:val="002C6040"/>
     <w:rsid w:val="002D5B3F"/>
     <w:rsid w:val="002E272E"/>
     <w:rsid w:val="002F5778"/>
     <w:rsid w:val="003223E0"/>
     <w:rsid w:val="00352C4A"/>
     <w:rsid w:val="00362560"/>
     <w:rsid w:val="003732FD"/>
     <w:rsid w:val="003753B2"/>
     <w:rsid w:val="00376559"/>
     <w:rsid w:val="00382BAA"/>
     <w:rsid w:val="00384D73"/>
     <w:rsid w:val="00393EB6"/>
     <w:rsid w:val="003A3CE5"/>
     <w:rsid w:val="003B366F"/>
     <w:rsid w:val="003B3F9D"/>
@@ -14417,91 +15842,95 @@
     <w:rsid w:val="008A62BC"/>
     <w:rsid w:val="008B43E7"/>
     <w:rsid w:val="008D763F"/>
     <w:rsid w:val="008F036F"/>
     <w:rsid w:val="008F1308"/>
     <w:rsid w:val="008F78C2"/>
     <w:rsid w:val="00904568"/>
     <w:rsid w:val="00911394"/>
     <w:rsid w:val="00923EF2"/>
     <w:rsid w:val="00926D25"/>
     <w:rsid w:val="00926E9D"/>
     <w:rsid w:val="00932C6E"/>
     <w:rsid w:val="00933F10"/>
     <w:rsid w:val="009433C5"/>
     <w:rsid w:val="00965881"/>
     <w:rsid w:val="00975DEE"/>
     <w:rsid w:val="009871FF"/>
     <w:rsid w:val="00990799"/>
     <w:rsid w:val="00995D51"/>
     <w:rsid w:val="009A0631"/>
     <w:rsid w:val="009B10ED"/>
     <w:rsid w:val="009D3EA4"/>
     <w:rsid w:val="009D649C"/>
     <w:rsid w:val="009E4BC1"/>
     <w:rsid w:val="009F5CB2"/>
+    <w:rsid w:val="00A01F46"/>
     <w:rsid w:val="00A03BB8"/>
     <w:rsid w:val="00A3505D"/>
     <w:rsid w:val="00A4036F"/>
     <w:rsid w:val="00A406E5"/>
     <w:rsid w:val="00A4641C"/>
     <w:rsid w:val="00A55876"/>
     <w:rsid w:val="00A67FB1"/>
     <w:rsid w:val="00A85BFE"/>
     <w:rsid w:val="00AB6FE7"/>
     <w:rsid w:val="00AB7AD7"/>
     <w:rsid w:val="00AC5F32"/>
     <w:rsid w:val="00AD2430"/>
+    <w:rsid w:val="00AD76DE"/>
     <w:rsid w:val="00AE41A6"/>
     <w:rsid w:val="00AF0E34"/>
     <w:rsid w:val="00AF271D"/>
     <w:rsid w:val="00AF56C2"/>
     <w:rsid w:val="00B004E6"/>
     <w:rsid w:val="00B0744D"/>
     <w:rsid w:val="00B50EA8"/>
     <w:rsid w:val="00B64082"/>
     <w:rsid w:val="00B72325"/>
     <w:rsid w:val="00B81AD3"/>
     <w:rsid w:val="00B829D8"/>
     <w:rsid w:val="00B84B5B"/>
     <w:rsid w:val="00B86446"/>
     <w:rsid w:val="00BA1176"/>
     <w:rsid w:val="00BB4504"/>
     <w:rsid w:val="00BE0B01"/>
     <w:rsid w:val="00BE79C7"/>
     <w:rsid w:val="00BF3CB5"/>
     <w:rsid w:val="00C01A3F"/>
     <w:rsid w:val="00C073F1"/>
     <w:rsid w:val="00C1285B"/>
     <w:rsid w:val="00C1361B"/>
     <w:rsid w:val="00C14E1F"/>
     <w:rsid w:val="00C315AF"/>
     <w:rsid w:val="00C36D9A"/>
     <w:rsid w:val="00C44A72"/>
     <w:rsid w:val="00C61FC2"/>
     <w:rsid w:val="00C705F9"/>
+    <w:rsid w:val="00C7522E"/>
     <w:rsid w:val="00C80F0F"/>
+    <w:rsid w:val="00C83B13"/>
     <w:rsid w:val="00C8667A"/>
     <w:rsid w:val="00C93BCB"/>
     <w:rsid w:val="00CC241A"/>
     <w:rsid w:val="00CE4035"/>
     <w:rsid w:val="00CE65AB"/>
     <w:rsid w:val="00CF4266"/>
     <w:rsid w:val="00D22D9C"/>
     <w:rsid w:val="00D241F1"/>
     <w:rsid w:val="00D275CB"/>
     <w:rsid w:val="00D30DFA"/>
     <w:rsid w:val="00D463A5"/>
     <w:rsid w:val="00D4710D"/>
     <w:rsid w:val="00D47D25"/>
     <w:rsid w:val="00D62ACD"/>
     <w:rsid w:val="00DA36EE"/>
     <w:rsid w:val="00DB116D"/>
     <w:rsid w:val="00DD17CC"/>
     <w:rsid w:val="00DE217A"/>
     <w:rsid w:val="00DF321B"/>
     <w:rsid w:val="00E05287"/>
     <w:rsid w:val="00E230E0"/>
     <w:rsid w:val="00E51AAC"/>
     <w:rsid w:val="00E66CC0"/>
     <w:rsid w:val="00E728A9"/>
     <w:rsid w:val="00E807D9"/>
@@ -14541,51 +15970,51 @@
     <w:rsid w:val="00FB4F84"/>
     <w:rsid w:val="00FB5CF8"/>
     <w:rsid w:val="00FE0DB9"/>
     <w:rsid w:val="00FE5651"/>
     <w:rsid w:val="00FF273B"/>
     <w:rsid w:val="00FF564C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="56505535"/>
   <w15:docId w15:val="{DB56BA60-7F99-4C5C-B246-1D3E3AAD1406}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -15785,75 +17214,75 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>AssignFrm</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>3468</Words>
-  <Characters>19769</Characters>
+  <Words>3558</Words>
+  <Characters>21031</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>164</Lines>
-  <Paragraphs>46</Paragraphs>
+  <Lines>1402</Lines>
+  <Paragraphs>256</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>S.I.H.E.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23191</CharactersWithSpaces>
+  <CharactersWithSpaces>24333</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>3932241</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.managers.org.uk/research-analysis/research/current-research/business-benefits-management-and-leadership-development-</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6029399</vt:i4>
       </vt:variant>
       <vt:variant>