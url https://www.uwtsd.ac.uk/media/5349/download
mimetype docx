--- v0 (2025-10-02)
+++ v1 (2026-03-27)
@@ -492,51 +492,50 @@
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Module:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7829" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61CFAD3C" w14:textId="77777777" w:rsidR="008F1308" w:rsidRPr="00A406E5" w:rsidRDefault="008F1308" w:rsidP="00E51AAC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B84B5B" w:rsidRPr="00A406E5" w14:paraId="08994C3C" w14:textId="77777777" w:rsidTr="008F1308">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2093" w:type="dxa"/>
             <w:shd w:val="pct15" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="655845C2" w14:textId="77777777" w:rsidR="00B84B5B" w:rsidRPr="00A406E5" w:rsidRDefault="00B84B5B" w:rsidP="00E51AAC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
@@ -806,51 +805,50 @@
           <w:p w14:paraId="78988815" w14:textId="77777777" w:rsidR="00B84B5B" w:rsidRPr="00A406E5" w:rsidRDefault="00552351" w:rsidP="00E51AAC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Submission deadline:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3293" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EA9933B" w14:textId="77777777" w:rsidR="00B84B5B" w:rsidRPr="00A406E5" w:rsidRDefault="00B84B5B" w:rsidP="005F0579">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="pct15" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A81ECD1" w14:textId="77777777" w:rsidR="00B84B5B" w:rsidRPr="00A406E5" w:rsidRDefault="00552351" w:rsidP="001E57C1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -907,51 +905,50 @@
             </w:pPr>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Submission method</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7829" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53A657D4" w14:textId="77777777" w:rsidR="00A406E5" w:rsidRPr="00A406E5" w:rsidRDefault="00A406E5" w:rsidP="00A406E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>All written assessments, where practical and possible, must be submitted via Turnitin unless otherwise instructed by the Lecturer. (Please DO NOT put this assessment specification into Turnitin or it will match many similarities with other students’ submissions.)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F844013" w14:textId="77777777" w:rsidR="00A406E5" w:rsidRPr="00A406E5" w:rsidRDefault="00A406E5" w:rsidP="005F0579">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1090,144 +1087,1277 @@
           <w:p w14:paraId="163475B6" w14:textId="77777777" w:rsidR="00A406E5" w:rsidRPr="00A406E5" w:rsidRDefault="00A406E5" w:rsidP="00A406E5">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Academic honesty / referencing:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7829" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75947B30" w14:textId="77777777" w:rsidR="00A406E5" w:rsidRPr="00A406E5" w:rsidRDefault="00A406E5" w:rsidP="00A406E5">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Academic honesty is required. In the main body of your submission you must give credit to authors on whose research and ideas your work is based. Append to your submission a reference list that indicates the books, articles, etc. that you have </w:t>
             </w:r>
             <w:r w:rsidR="005F3A53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">used, </w:t>
             </w:r>
             <w:r w:rsidRPr="00A406E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">cited or quoted in order to complete this assessment.  </w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00372C3C" w:rsidRPr="00A406E5" w14:paraId="2726561A" w14:textId="77777777" w:rsidTr="00A406E5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2093" w:type="dxa"/>
+            <w:shd w:val="pct15" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="46393328" w14:textId="3F0DDC5C" w:rsidR="00372C3C" w:rsidRPr="00A406E5" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Work over the word limit:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7829" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="7611" w:type="dxa"/>
+              <w:tblCellMar>
+                <w:left w:w="0" w:type="dxa"/>
+                <w:right w:w="0" w:type="dxa"/>
+              </w:tblCellMar>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="7611"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00372C3C" w:rsidRPr="00D1341E" w14:paraId="7294D623" w14:textId="77777777" w:rsidTr="00434B48">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7611" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:left w:val="nil"/>
+                  </w:tcBorders>
+                  <w:tcMar>
+                    <w:top w:w="0" w:type="dxa"/>
+                    <w:left w:w="108" w:type="dxa"/>
+                    <w:bottom w:w="0" w:type="dxa"/>
+                    <w:right w:w="108" w:type="dxa"/>
+                  </w:tcMar>
+                </w:tcPr>
+                <w:p w14:paraId="11CB93E9" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:eastAsia="zh-CN"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>To support fairness and good academic writing, each assessment has a set word limit. It’s important that you stay within this limit. The word limit helps ensure:</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="49F606FE" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="19"/>
+                    </w:numPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>You write clearly and concisely.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7E7724B2" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="19"/>
+                    </w:numPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>All students complete the assessment on an equal basis.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3BC7CC7B" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7AFC626C" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:keepNext/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>If You Go Over the Word Limit</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3F58BDF9" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:keepNext/>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>If your work exceeds the word limit, the following penalties will normally apply. These deductions cannot take your mark below the pass mark for the module.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4A7CD34C" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:tbl>
+                  <w:tblPr>
+                    <w:tblW w:w="0" w:type="auto"/>
+                    <w:tblCellMar>
+                      <w:left w:w="0" w:type="dxa"/>
+                      <w:right w:w="0" w:type="dxa"/>
+                    </w:tblCellMar>
+                    <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                  </w:tblPr>
+                  <w:tblGrid>
+                    <w:gridCol w:w="1936"/>
+                    <w:gridCol w:w="5274"/>
+                  </w:tblGrid>
+                  <w:tr w:rsidR="00372C3C" w:rsidRPr="00D1341E" w14:paraId="0754BC17" w14:textId="77777777" w:rsidTr="00434B48">
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="1936" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="31C2DC48" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D1341E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>Amount Over Limit</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="5274" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:left w:val="nil"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="1B898F8C" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D1341E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>Penalty Applied</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                  <w:tr w:rsidR="00372C3C" w:rsidRPr="00D1341E" w14:paraId="342D6AAB" w14:textId="77777777" w:rsidTr="00434B48">
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="1936" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="58C063BE" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D1341E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>Up to 10% over</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="5274" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="nil"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="67BF625D" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D1341E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>No penalty</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                  <w:tr w:rsidR="00372C3C" w:rsidRPr="00D1341E" w14:paraId="23CAA0CA" w14:textId="77777777" w:rsidTr="00434B48">
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="1936" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="4D61F6A4" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D1341E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>10%–25% over</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="5274" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="nil"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="423FC739" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D1341E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">5 mark deduction </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D1341E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:i/>
+                            <w:iCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>or</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D1341E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> reduction to the capped mark (whichever is the smaller penalty)</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                  <w:tr w:rsidR="00372C3C" w:rsidRPr="00D1341E" w14:paraId="18F25164" w14:textId="77777777" w:rsidTr="00434B48">
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="1936" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="2F871902" w14:textId="015A5595" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D1341E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>2</w:t>
+                        </w:r>
+                        <w:r w:rsidR="004A2F44" w:rsidRPr="00D1341E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>6</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D1341E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>%–50% over</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="5274" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="nil"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="6CD74155" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D1341E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">10 mark deduction </w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D1341E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:i/>
+                            <w:iCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>or</w:t>
+                        </w:r>
+                        <w:r w:rsidRPr="00D1341E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> reduction to the capped mark (whichever is the smaller penalty)</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                  <w:tr w:rsidR="00372C3C" w:rsidRPr="00D1341E" w14:paraId="544A7861" w14:textId="77777777" w:rsidTr="00434B48">
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="1936" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="23293861" w14:textId="3F3E28CD" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="004A2F44" w:rsidP="00372C3C">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D1341E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">Over </w:t>
+                        </w:r>
+                        <w:r w:rsidR="00372C3C" w:rsidRPr="00D1341E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">50% </w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                    <w:tc>
+                      <w:tcPr>
+                        <w:tcW w:w="5274" w:type="dxa"/>
+                        <w:tcBorders>
+                          <w:top w:val="nil"/>
+                          <w:left w:val="nil"/>
+                          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                          <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+                        </w:tcBorders>
+                        <w:tcMar>
+                          <w:top w:w="0" w:type="dxa"/>
+                          <w:left w:w="108" w:type="dxa"/>
+                          <w:bottom w:w="0" w:type="dxa"/>
+                          <w:right w:w="108" w:type="dxa"/>
+                        </w:tcMar>
+                        <w:vAlign w:val="center"/>
+                        <w:hideMark/>
+                      </w:tcPr>
+                      <w:p w14:paraId="7F64ACEA" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                        <w:pPr>
+                          <w:ind w:left="-10"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r w:rsidRPr="00D1341E">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                            <w:sz w:val="22"/>
+                            <w:szCs w:val="22"/>
+                          </w:rPr>
+                          <w:t>Mark capped at the pass mark</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:tc>
+                  </w:tr>
+                </w:tbl>
+                <w:p w14:paraId="47F90651" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="37742C8A" w14:textId="556751FE" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Examples (</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00792D06" w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Post</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>graduate):</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7EDD7F2C" w14:textId="5AD597DD" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="18"/>
+                    </w:numPr>
+                    <w:tabs>
+                      <w:tab w:val="clear" w:pos="720"/>
+                      <w:tab w:val="num" w:pos="415"/>
+                    </w:tabs>
+                    <w:ind w:left="415" w:hanging="284"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">A mark of </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00056A41" w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>5</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>4%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> would be reduced to the pass mark of </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00056A41" w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>5</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>0%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> if the work is 10–25% over.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="1264C169" w14:textId="6815CB29" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="18"/>
+                    </w:numPr>
+                    <w:tabs>
+                      <w:tab w:val="clear" w:pos="720"/>
+                      <w:tab w:val="num" w:pos="415"/>
+                    </w:tabs>
+                    <w:ind w:left="415" w:hanging="284"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">A mark of </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00056A41" w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>67</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> would be reduced by 5 marks to </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00056A41" w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>62</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3E5C8787" w14:textId="0C263AE4" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="18"/>
+                    </w:numPr>
+                    <w:tabs>
+                      <w:tab w:val="clear" w:pos="720"/>
+                      <w:tab w:val="num" w:pos="415"/>
+                    </w:tabs>
+                    <w:ind w:left="415" w:hanging="284"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">A mark of </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00056A41" w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>59</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> at 25–50% over would be reduced to </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00056A41" w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>5</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>0%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="7EC80A39" w14:textId="0A13C832" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="18"/>
+                    </w:numPr>
+                    <w:tabs>
+                      <w:tab w:val="clear" w:pos="720"/>
+                      <w:tab w:val="num" w:pos="415"/>
+                    </w:tabs>
+                    <w:ind w:left="415" w:hanging="284"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">A mark of </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00056A41" w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>64</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> at 25–50% over would be reduced by 10 marks to </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00056A41" w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>54</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>%</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="5B3D3826" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="569FE4FE" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>If You Are Under the Word Limit</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="4F20C049" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>If your work is significantly under the word limit, you may lose marks because your submission may not contain enough detail to meet the learning outcomes.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="367D8C75" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="0982397A" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>Feedback</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="63E3B00B" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:ind w:left="-10"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:t>If a word</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00D1341E">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:noBreakHyphen/>
+                    <w:t>limit penalty is applied, this will be stated clearly in your feedback, along with the reason.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="30E59513" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00D1341E" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="0F4761"/>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="1B6C5C87" w14:textId="77777777" w:rsidR="00372C3C" w:rsidRPr="00A406E5" w:rsidRDefault="00372C3C" w:rsidP="00372C3C">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2786557F" w14:textId="77777777" w:rsidR="0028204E" w:rsidRPr="00A406E5" w:rsidRDefault="0028204E" w:rsidP="00DB116D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C731B86" w14:textId="77777777" w:rsidR="00152E9D" w:rsidRPr="00A406E5" w:rsidRDefault="00152E9D" w:rsidP="00DB116D">
+    <w:p w14:paraId="67C7AC95" w14:textId="33D6EAF0" w:rsidR="00A406E5" w:rsidRDefault="00A406E5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...37 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="7234AF6F" w14:textId="77777777" w:rsidR="00152E9D" w:rsidRPr="00A406E5" w:rsidRDefault="00152E9D" w:rsidP="00DB116D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -1280,51 +2410,101 @@
       </w:tr>
       <w:tr w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w14:paraId="594FBA0B" w14:textId="77777777" w:rsidTr="00A406E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AD9AE24" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00273FEE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6BFA93B6" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00152E9D">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="070197E5" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00152E9D">
+          <w:p w14:paraId="070197E5" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRDefault="00C01A3F" w:rsidP="00152E9D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E33BCC3" w14:textId="77777777" w:rsidR="00B240E1" w:rsidRDefault="00B240E1" w:rsidP="00152E9D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DC3DB2D" w14:textId="77777777" w:rsidR="00B240E1" w:rsidRDefault="00B240E1" w:rsidP="00152E9D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3ECA0AFE" w14:textId="77777777" w:rsidR="00B240E1" w:rsidRDefault="00B240E1" w:rsidP="00152E9D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="252B916E" w14:textId="77777777" w:rsidR="00B240E1" w:rsidRDefault="00B240E1" w:rsidP="00152E9D">
+            <w:pPr>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3424A64A" w14:textId="77777777" w:rsidR="00B240E1" w:rsidRPr="00A406E5" w:rsidRDefault="00B240E1" w:rsidP="00152E9D">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="632CD985" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00152E9D">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4AA1BF66" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00152E9D">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
@@ -1347,51 +2527,66 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="62A12BFC" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00BA1176">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C214347" w14:textId="77777777" w:rsidR="00C01A3F" w:rsidRPr="00A406E5" w:rsidRDefault="00C01A3F" w:rsidP="00BA1176">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="031EE7BE" w14:textId="77777777" w:rsidR="0028204E" w:rsidRPr="00A406E5" w:rsidRDefault="0028204E" w:rsidP="00BA1176">
+    <w:p w14:paraId="031EE7BE" w14:textId="5B329AC3" w:rsidR="00B240E1" w:rsidRDefault="00B240E1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F681144" w14:textId="77777777" w:rsidR="0028204E" w:rsidRPr="00A406E5" w:rsidRDefault="0028204E" w:rsidP="00BA1176">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9781"/>
       </w:tblGrid>
@@ -2599,51 +3794,51 @@
             </w:r>
             <w:r w:rsidRPr="00FA7E96">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>any</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA7E96">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> type of Generative AI support. This includes research support, structure support, writing/proofreading support and creative support.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F45A613" w14:textId="28EACB6F" w:rsidR="00113EAF" w:rsidRPr="00FA7E96" w:rsidRDefault="00D77958" w:rsidP="002F3400">
+          <w:p w14:paraId="4F45A613" w14:textId="28EACB6F" w:rsidR="00113EAF" w:rsidRPr="00FA7E96" w:rsidRDefault="00D1341E" w:rsidP="002F3400">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1628280607"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00113EAF">
                   <w:rPr>
@@ -7690,73 +8885,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2078A8D6" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRDefault="00C073F1" w:rsidP="00152E9D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FF1ED83" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRDefault="00C073F1" w:rsidP="00152E9D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vanish/>
         </w:rPr>
         <w:sectPr w:rsidR="00C073F1" w:rsidSect="00F61A20">
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11894" w:h="16834"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="706" w:footer="706" w:gutter="0"/>
           <w:paperSrc w:first="1" w:other="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F319748" w14:textId="77777777" w:rsidR="00C073F1" w:rsidRDefault="00C073F1" w:rsidP="00152E9D">
-[...21 lines deleted...]
-    </w:p>
     <w:p w14:paraId="20DD0517" w14:textId="77777777" w:rsidR="001F50B6" w:rsidRDefault="001F50B6" w:rsidP="001F50B6">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="303B44"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13858"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C073F1" w14:paraId="0B299666" w14:textId="77777777" w:rsidTr="000B6520">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13858" w:type="dxa"/>
@@ -8899,51 +10071,50 @@
               <w:t xml:space="preserve"> may show minor</w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002B34B7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>inaccuracies or inconsistencies.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="616634FD" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B34B7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Engagement with</w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> a wide range of research-informed literature, including sources retrieved independently.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="290BB71C" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -9084,52 +10255,60 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002466CE" w:rsidRPr="00D9771E" w14:paraId="66B95C7D" w14:textId="77777777" w:rsidTr="009F1137">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
           <w:p w14:paraId="7A22F917" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00CA7DB9" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:spacing w:before="34"/>
               <w:ind w:left="108" w:right="-54"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA7DB9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:t xml:space="preserve">Knowledge and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA7DB9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Knowledge and understanding </w:t>
+              <w:t xml:space="preserve">understanding </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA7DB9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="00D453F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9211,51 +10390,59 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5CA049BC" w14:textId="77777777" w:rsidR="002466CE" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Major gaps in knowledge and understanding of </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Major gaps in knowledge and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">understanding of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>the subject matter</w:t>
             </w:r>
             <w:r w:rsidRPr="004E4D03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">is not </w:t>
             </w:r>
             <w:r w:rsidRPr="004E4D03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>systematic</w:t>
             </w:r>
@@ -9304,51 +10491,59 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1653B29F" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Gaps in knowledge, with only superficial</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Gaps in knowledge, with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>only superficial</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E4D03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">systematic </w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>understanding. Some significant inaccuracies</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> and/or irrelevant material.  </w:t>
             </w:r>
@@ -9383,62 +10578,64 @@
               <w:t xml:space="preserve"> latest research within the discipline.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="23F84B17" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Limited</w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> knowledge and </w:t>
             </w:r>
             <w:r w:rsidRPr="004E4D03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">systematic </w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>understanding of the concepts and principles</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> within the subject area, which to some marginal extent</w:t>
             </w:r>
             <w:r w:rsidRPr="007A1AEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> is</w:t>
@@ -9492,57 +10689,65 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="07657638" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Knowledge is </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>accurate and reasonably detailed. A</w:t>
+              <w:t xml:space="preserve">accurate and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>reasonably detailed. A</w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E4D03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">systematic </w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>unde</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>rstanding of the field of study</w:t>
             </w:r>
@@ -9556,70 +10761,77 @@
               <w:t xml:space="preserve">informed by, to some extent, current research and scholarship, A </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA521C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>critical awareness of current problems and/or new insights</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> though this may be under-developed occasionally.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A74F30C" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Knowledge </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">has a well-defined focus, which is </w:t>
+              <w:t xml:space="preserve">has a well-defined </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">focus, which is </w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>reasonably</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>extensive</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
@@ -9693,57 +10905,65 @@
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="539CEFBF" w14:textId="77777777" w:rsidR="002466CE" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Excellent</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA521C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> mastery of a complex and specialised area of knowledge</w:t>
+              <w:t xml:space="preserve"> mastery of a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA521C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>complex and specialised area of knowledge</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA521C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">A systematic, excellent </w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>understanding of the</w:t>
             </w:r>
@@ -9810,57 +11030,65 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="74908132" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="00387205">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>xceptional mastery of a complex and specialised area of knowledge</w:t>
+              <w:t xml:space="preserve">xceptional mastery of a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00387205">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>complex and specialised area of knowledge</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00387205">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>An exceptionally</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA521C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> critical awareness of current problems and/or new insights</w:t>
             </w:r>
@@ -9921,50 +11149,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002466CE" w:rsidRPr="00D9771E" w14:paraId="047CF9E6" w14:textId="77777777" w:rsidTr="009F1137">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="95B3D7" w:themeFill="accent1" w:themeFillTint="99"/>
           </w:tcPr>
           <w:p w14:paraId="701E1507" w14:textId="77777777" w:rsidR="002466CE" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:spacing w:before="34" w:line="239" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="-54"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="1"/>
               </w:rPr>
               <w:t>ogn</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="1"/>
@@ -10123,79 +11352,79 @@
             <w:r w:rsidRPr="00CC4A59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> current research </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC4A59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> methodologies and develop critiques of them and, where appropriate, to propose new </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CC4A59">
+              <w:t xml:space="preserve"> methodologies and develop critiques of them and, where appropriate, to propose new hypotheses</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC4A59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">; </w:t>
+              <w:t xml:space="preserve">make sound </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC4A59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>make sound judgements in the absence of complete data</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>judgements in the absence of complete data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">.) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BACFB68" w14:textId="77777777" w:rsidR="002466CE" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10204,69 +11433,69 @@
               <w:t>Wholly or almost wholly descriptive work. Little or no evaluation or critique or attempt at a systematic approach</w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6635B71F" w14:textId="77777777" w:rsidR="002466CE" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Failure to develop arguments, </w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:t xml:space="preserve">leading to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>illogical or invalid</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B669B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">leading to </w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>judgements</w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">. Unsubstantiated generalisations, made without use of credible </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>evidence</w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35BF014B" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10297,58 +11526,58 @@
               </w:rPr>
               <w:t>superficial use of critical evaluation of research and methodologies. Absent or weak development of hypotheses</w:t>
             </w:r>
             <w:r w:rsidRPr="00413903">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> and judgements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00413903">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Inf</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">ormation </w:t>
+              <w:t xml:space="preserve">ormation accepted uncritically, uses </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>accepted uncritically, uses g</w:t>
+              <w:t>g</w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>eneralised statements made with scant evidence</w:t>
             </w:r>
             <w:r w:rsidRPr="00413903">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="00413903">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> unsubstantiated opinions.</w:t>
             </w:r>
@@ -10426,58 +11655,58 @@
               <w:t>critique of current research and methodologies</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, tending towards description.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E5881A6" w14:textId="77777777" w:rsidR="002466CE" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Limited attempt to propose new hypotheses. </w:t>
             </w:r>
             <w:r w:rsidRPr="006373C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Can </w:t>
+              <w:t xml:space="preserve">Can deal with complex issues </w:t>
             </w:r>
             <w:r w:rsidRPr="006373C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">deal with complex issues but not systematically or creatively. </w:t>
+              <w:t xml:space="preserve">but not systematically or creatively. </w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Some evidence to support</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> emerging</w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E518DC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>judgements</w:t>
             </w:r>
@@ -10562,64 +11791,64 @@
               </w:rPr>
               <w:t>critical evaluation/ critique of current research and methodologies</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, though slightly underdeveloped in places</w:t>
             </w:r>
             <w:r w:rsidRPr="00E008BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">, Proposes </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">adequate but limited </w:t>
             </w:r>
             <w:r w:rsidRPr="00E008BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">new </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E008BD">
+              <w:t>new hypotheses,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> where relevant. </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>hypotheses,</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> where relevant. Can deal with complex issues but not fully </w:t>
+              <w:t xml:space="preserve">Can deal with complex issues but not fully </w:t>
             </w:r>
             <w:r w:rsidRPr="00E008BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">systematically </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>or creatively</w:t>
             </w:r>
             <w:r w:rsidRPr="00E008BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>. Ability to make judgements based on data (that may be incomplete)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> but with</w:t>
             </w:r>
@@ -10630,95 +11859,100 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>some t</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA285D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>endency to assert/state opinion rather than argue on t</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>he basis of reason and evidence.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1896B7BB" w14:textId="77777777" w:rsidR="002466CE" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>S</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">ound </w:t>
             </w:r>
             <w:r w:rsidRPr="0052217E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>critical evaluation/ critique of current research and methodologies, Proposes new hypotheses, where appropriate.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Can deal with complex issues </w:t>
             </w:r>
             <w:r w:rsidRPr="00E008BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:t xml:space="preserve">systematically and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with some </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">systematically and </w:t>
-[...5 lines deleted...]
-              <w:t>with some creativity.</w:t>
+              <w:t>creativity.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ability to </w:t>
             </w:r>
             <w:r w:rsidRPr="0052217E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">make </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>sound judgements</w:t>
             </w:r>
             <w:r w:rsidRPr="0052217E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -10797,58 +12031,64 @@
               </w:rPr>
               <w:t xml:space="preserve"> hypotheses, where appropriate. </w:t>
             </w:r>
             <w:r w:rsidRPr="00E008BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Can </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>synthesise</w:t>
             </w:r>
             <w:r w:rsidRPr="00E008BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:t xml:space="preserve">complex issues </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E008BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">systematically </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E008BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">complex issues </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">systematically and creatively. </w:t>
+              <w:t xml:space="preserve">and creatively. </w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Ability to investigate contradictory</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> or incomplete</w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> information </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>and make s</w:t>
             </w:r>
@@ -10932,52 +12172,58 @@
             <w:r w:rsidRPr="00747E6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>of current research and methodologies</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, Proposes innovative hypotheses, where appropriate</w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:t xml:space="preserve">Exemplary systematic and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Exemplary systematic and creative synthesis of complex issues</w:t>
+              <w:t>creative synthesis of complex issues</w:t>
             </w:r>
             <w:r w:rsidRPr="00E008BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12DEB2C5" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002637C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Ability to investigate contradictory or incomplete information </w:t>
@@ -11275,117 +12521,111 @@
               <w:t>appropriate links between the two</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70EE136D" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Very weak</w:t>
             </w:r>
             <w:r w:rsidRPr="00E91CFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> problem-solving </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E91CFC">
+              <w:t xml:space="preserve"> problem-solving skills</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35D89">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in complex and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35D89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>skills</w:t>
-[...8 lines deleted...]
-              <w:t>in complex and unpredictable contexts</w:t>
+              <w:t>unpredictable contexts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="786C37DA" w14:textId="77777777" w:rsidR="002466CE" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Rudimentary application of methods, materials, tools and/or techniques but without consideration and competence. Flawed appreciation of the context of the application.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AA79EC1" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C2B2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weak understanding of the application of theory to practice, with </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004C2B2B">
+              <w:t xml:space="preserve">Weak understanding of the application of theory to practice, with only occasional evidence of </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">only occasional evidence of </w:t>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">making </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2B2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>appropriate links between the two</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">. Weak problem-solving skills </w:t>
             </w:r>
             <w:r w:rsidRPr="00F35D89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>in complex and unpredictable contexts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
@@ -11448,58 +12688,58 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="161CB28A" w14:textId="77777777" w:rsidR="002466CE" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Basic appreciation of the context of the application.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> T</w:t>
             </w:r>
             <w:r w:rsidRPr="004C2B2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">heoretical knowledge and understanding applied in </w:t>
+              <w:t xml:space="preserve">heoretical knowledge and understanding applied in practice, but not always making </w:t>
             </w:r>
             <w:r w:rsidRPr="004C2B2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>practice, but not always making logical links between the two</w:t>
+              <w:t>logical links between the two</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65FA187F" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F205C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Can identify problems and propose </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>basic</w:t>
@@ -11572,180 +12812,167 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Clear </w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">appreciation of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">the context of the application. </w:t>
             </w:r>
             <w:r w:rsidRPr="002C1DF7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mainly consistent, accurate and logical application of theory to practice, making </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002C1DF7">
+              <w:t>Mainly consistent, accurate and logical application of theory to practice, making appropriate links between the two</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45FB3886" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E91CFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>appropriate links between the two</w:t>
-[...17 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Can identify problems and propose </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">mostly </w:t>
             </w:r>
             <w:r w:rsidRPr="00E91CFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>appropriate solutions</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F35D89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>in complex and unpredictable contexts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, with elements of originality.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="51B44086" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>A very good application of a range of methods, materials, tools and/or techniques.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B1C3856" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Very good consideration of the context of the application, with perceptive </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>insights. Can identify problems and propose appropriate solutions</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F35D89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">in complex and </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F35D89">
+              <w:t>in complex and unpredictable contexts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54AA050C" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>unpredictable contexts</w:t>
-[...17 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Evidence of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>originality</w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> and creativity. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="199073FB" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -11816,58 +13043,58 @@
             <w:r w:rsidRPr="00E91CFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> solutions. </w:t>
             </w:r>
             <w:r>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="00885BD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">n </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>excellent</w:t>
             </w:r>
             <w:r w:rsidRPr="00885BD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> grasp of techniques </w:t>
+              <w:t xml:space="preserve"> grasp of techniques applicable to own research or </w:t>
             </w:r>
             <w:r w:rsidRPr="00885BD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>applicable to own research or advanced scholarship</w:t>
+              <w:t>advanced scholarship</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4856EEE1" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00885BD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>hows originality in application of knowledge</w:t>
@@ -11970,58 +13197,58 @@
               </w:rPr>
               <w:t xml:space="preserve">An </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>outstanding</w:t>
             </w:r>
             <w:r w:rsidRPr="00885BD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>application</w:t>
             </w:r>
             <w:r w:rsidRPr="00885BD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of techniques </w:t>
+              <w:t xml:space="preserve"> of techniques applicable to own research or </w:t>
             </w:r>
             <w:r w:rsidRPr="00885BD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>applicable to own research or advanced scholarship.</w:t>
+              <w:t>advanced scholarship.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F113F79" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00B669B1" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00885BD7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Shows originality in application of knowledge and techniques, and of how established techniques of enquiry create and interp</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>ret knowledge in the discipline with</w:t>
             </w:r>
             <w:r w:rsidRPr="00B669B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -12178,60 +13405,60 @@
               </w:rPr>
               <w:t xml:space="preserve">to </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a variety of audiences;</w:t>
             </w:r>
             <w:r w:rsidRPr="00F65EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">fluency of </w:t>
+              <w:t xml:space="preserve">fluency of expression; systematic </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">expression; systematic approach; </w:t>
+              <w:t xml:space="preserve">approach; </w:t>
             </w:r>
             <w:r w:rsidRPr="00F65EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>clarity and effectiveness in presentation and organisation.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1E12B4ED" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00E07BE3" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12311,73 +13538,73 @@
               </w:rPr>
               <w:t xml:space="preserve">nd/or very </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED3ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>inappropriate style.</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Little or no evidence of autonomy </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">(or collaboration, where relevant) </w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">in the completion </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E07BE3">
+              <w:t>in the completion of tasks.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Little or no </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F01A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">evidence of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F01A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>of tasks.</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">evidence of the skills required in </w:t>
+              <w:t xml:space="preserve">the skills required in </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>professional, postgraduate</w:t>
             </w:r>
             <w:r w:rsidRPr="005F01A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>employment.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C640810" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00ED3ABD" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -12445,70 +13672,70 @@
               </w:rPr>
               <w:t xml:space="preserve"> is loosely, and at times incoherently, structured, with information and ideas often poorly expressed.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> W</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED3ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">eak </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>use of language</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED3ABD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and/or inappropriate </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00ED3ABD">
+              <w:t xml:space="preserve"> and/or inappropriate style.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Weak</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E07BE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> independent </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>style.</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> independent initiative</w:t>
+              <w:t>initiative</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> (or collaboration, if relevant)</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005F01A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Limited evidence</w:t>
             </w:r>
@@ -12616,70 +13843,64 @@
               </w:rPr>
               <w:t xml:space="preserve">Work </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>may lack</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> coherence</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> in places.</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Can work as part of a team, but with limited </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E07BE3">
+              <w:t xml:space="preserve"> Can work as part of a team, but with limited involvement in group activities. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19C5C4C9" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00E07BE3" w:rsidRDefault="002466CE" w:rsidP="009F1137">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">involvement in group activities. </w:t>
-[...11 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Demonstrates some but not all of </w:t>
             </w:r>
             <w:r w:rsidRPr="005F01A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">basic </w:t>
             </w:r>
             <w:r w:rsidRPr="005F01A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">skills required in </w:t>
             </w:r>
             <w:r w:rsidRPr="008C06F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">professional, postgraduate </w:t>
@@ -12783,89 +14004,94 @@
               <w:t xml:space="preserve">Can work effectively </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">independently and/or </w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">as part of a team, with clear contribution to group activities. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70DC8C70" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00E07BE3" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F01A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:t xml:space="preserve">Demonstrates the skills </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F01A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Demonstrates the skills required in </w:t>
+              <w:t xml:space="preserve">required in </w:t>
             </w:r>
             <w:r w:rsidRPr="008C06F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">professional, postgraduate </w:t>
             </w:r>
             <w:r w:rsidRPr="005F01A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">employment, with some areas of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">strength and some of </w:t>
             </w:r>
             <w:r w:rsidRPr="005F01A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>minor weakness.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5804A2B7" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00E07BE3" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Can communicate well, confidently and consistently in a suitable format.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44E33466" w14:textId="77777777" w:rsidR="002466CE" w:rsidRPr="00E07BE3" w:rsidRDefault="002466CE" w:rsidP="009F1137">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -12920,57 +14146,57 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F01A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Demonstrates </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>comprehensive</w:t>
             </w:r>
             <w:r w:rsidRPr="005F01A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008C06F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:t xml:space="preserve">professional, postgraduate </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F01A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">professional, postgraduate </w:t>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t>employment</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> skills</w:t>
             </w:r>
             <w:r w:rsidRPr="005F01A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1736" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -13037,58 +14263,58 @@
               </w:rPr>
               <w:t>Work is coherent, very fluent and is presented professionally.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Can work </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">autonomously with initiative. Where relevant can work </w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">professionally within a team, showing leadership skills </w:t>
+              <w:t xml:space="preserve">professionally within a team, showing leadership skills as appropriate, managing </w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>as appropriate, managing conflict and meeting obligations.</w:t>
+              <w:t>conflict and meeting obligations.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005F01A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Demonstrates </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>excellent</w:t>
             </w:r>
             <w:r w:rsidRPr="005F01A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -13176,63 +14402,63 @@
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Can work </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>outstandingly</w:t>
             </w:r>
             <w:r w:rsidRPr="00E07BE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> well and professionally within a team, showing advanced leadership skills.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E91CFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:t xml:space="preserve">Demonstrates </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">exemplary </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008C06F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Demonstrates </w:t>
-[...10 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">professional, postgraduate </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>employment skills and a strong appetite for further development.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0FE9D9D1" w14:textId="77777777" w:rsidR="002466CE" w:rsidRDefault="002466CE" w:rsidP="002466CE">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="303B44"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1955DC34" w14:textId="77777777" w:rsidR="00050AF9" w:rsidRDefault="00050AF9" w:rsidP="002466CE">
       <w:pPr>
@@ -13466,157 +14692,176 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CG Times (WN)">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0609070205080204"/>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...1 lines deleted...]
-    <w:panose1 w:val="02020609040205080304"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="59321BEB" w14:textId="77777777" w:rsidR="00152E9D" w:rsidRDefault="00152E9D">
+  <w:p w14:paraId="59321BEB" w14:textId="77777777" w:rsidR="00152E9D" w:rsidRPr="00D1341E" w:rsidRDefault="00152E9D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00D1341E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidR="0017512A">
+    <w:r w:rsidR="0017512A" w:rsidRPr="00D1341E">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00D1341E">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidR="0017512A">
+    <w:r w:rsidR="0017512A" w:rsidRPr="00D1341E">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="000C4F03">
+    <w:r w:rsidR="000C4F03" w:rsidRPr="00D1341E">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
-    <w:r w:rsidR="0017512A">
+    <w:r w:rsidR="0017512A" w:rsidRPr="00D1341E">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00D1341E">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidR="0017512A">
+    <w:r w:rsidR="0017512A" w:rsidRPr="00D1341E">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00D1341E">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
-    <w:r w:rsidR="0017512A">
+    <w:r w:rsidR="0017512A" w:rsidRPr="00D1341E">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="000C4F03">
+    <w:r w:rsidR="000C4F03" w:rsidRPr="00D1341E">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
-    <w:r w:rsidR="0017512A">
+    <w:r w:rsidR="0017512A" w:rsidRPr="00D1341E">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="7265F3EA" w14:textId="77777777" w:rsidR="00152E9D" w:rsidRDefault="00152E9D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7EFA3E97" w14:textId="77777777" w:rsidR="00152E9D" w:rsidRDefault="00152E9D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
@@ -14391,50 +15636,142 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6180" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2E9B3AA9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4FDAAF68"/>
+    <w:lvl w:ilvl="0" w:tplc="006A325A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="311A72B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="112AC9F6"/>
     <w:lvl w:ilvl="0" w:tplc="22D0FDEC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="BulletedList"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="288"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="288"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14533,51 +15870,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="343516A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF3C6C3C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14646,51 +15983,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38316035"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5712C6E2"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14786,51 +16123,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Verdana" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A103B14"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F436697E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -14899,51 +16236,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45FB7405"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4C94272E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -14985,51 +16322,200 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="562E75BE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1B0015BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F4E0FDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="198A4726"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15098,51 +16584,200 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60CE1598"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3C308F06"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62760694"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="03A88C3C"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -15184,51 +16819,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71E648F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8BC0AF6A"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -15270,51 +16905,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72D806BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BFFE19EC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15414,349 +17049,395 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1415669556">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="27149898">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="791706730">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2018071670">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1593582101">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="215244048">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1876193365">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="828519691">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1379861541">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="304510174">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="965157573">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1628313588">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="904141585">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="959915979">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2109346520">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="630670500">
     <w:abstractNumId w:val="6"/>
   </w:num>
+  <w:num w:numId="17" w16cid:durableId="1465852687">
+    <w:abstractNumId w:val="7"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="2061047979">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1270166761">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB4521"/>
     <w:rsid w:val="00011666"/>
     <w:rsid w:val="00011C22"/>
     <w:rsid w:val="00026B02"/>
     <w:rsid w:val="00050AF9"/>
+    <w:rsid w:val="00056A41"/>
     <w:rsid w:val="000822E5"/>
+    <w:rsid w:val="00086E4D"/>
     <w:rsid w:val="000971FC"/>
     <w:rsid w:val="000A2A3A"/>
     <w:rsid w:val="000A492A"/>
     <w:rsid w:val="000B6520"/>
     <w:rsid w:val="000C4F03"/>
     <w:rsid w:val="000D2F80"/>
     <w:rsid w:val="000E413A"/>
     <w:rsid w:val="000F5AA3"/>
     <w:rsid w:val="00100396"/>
     <w:rsid w:val="00100B5C"/>
     <w:rsid w:val="00103507"/>
     <w:rsid w:val="001106E9"/>
     <w:rsid w:val="00113EAF"/>
     <w:rsid w:val="00124CA5"/>
     <w:rsid w:val="00134F77"/>
     <w:rsid w:val="001453D6"/>
     <w:rsid w:val="00152E9D"/>
     <w:rsid w:val="00154487"/>
     <w:rsid w:val="0017512A"/>
     <w:rsid w:val="00196958"/>
     <w:rsid w:val="001A1369"/>
     <w:rsid w:val="001A1E39"/>
     <w:rsid w:val="001A24F3"/>
     <w:rsid w:val="001B405C"/>
     <w:rsid w:val="001B5F45"/>
     <w:rsid w:val="001E1050"/>
     <w:rsid w:val="001E1E1F"/>
     <w:rsid w:val="001E2007"/>
     <w:rsid w:val="001E57C1"/>
     <w:rsid w:val="001F07EF"/>
     <w:rsid w:val="001F50B6"/>
     <w:rsid w:val="001F6D7A"/>
     <w:rsid w:val="0022746E"/>
     <w:rsid w:val="00235F71"/>
     <w:rsid w:val="002444CA"/>
     <w:rsid w:val="002466CE"/>
     <w:rsid w:val="00260DE6"/>
     <w:rsid w:val="00273FEE"/>
     <w:rsid w:val="0028204E"/>
     <w:rsid w:val="0028591B"/>
     <w:rsid w:val="00291841"/>
     <w:rsid w:val="002C449B"/>
     <w:rsid w:val="002C6040"/>
     <w:rsid w:val="002D5B3F"/>
     <w:rsid w:val="002E272E"/>
     <w:rsid w:val="002F5778"/>
     <w:rsid w:val="003223E0"/>
     <w:rsid w:val="00352C4A"/>
     <w:rsid w:val="00362560"/>
+    <w:rsid w:val="00372C3C"/>
     <w:rsid w:val="003732FD"/>
     <w:rsid w:val="003753B2"/>
     <w:rsid w:val="00376559"/>
     <w:rsid w:val="00382BAA"/>
     <w:rsid w:val="00384D73"/>
     <w:rsid w:val="00393EB6"/>
     <w:rsid w:val="003A3CE5"/>
     <w:rsid w:val="003B366F"/>
     <w:rsid w:val="003B3F9D"/>
     <w:rsid w:val="003B6C95"/>
     <w:rsid w:val="003E5751"/>
     <w:rsid w:val="004046A9"/>
     <w:rsid w:val="00404C50"/>
     <w:rsid w:val="00423934"/>
     <w:rsid w:val="00426244"/>
     <w:rsid w:val="00470A38"/>
     <w:rsid w:val="004874DE"/>
+    <w:rsid w:val="004A2F44"/>
     <w:rsid w:val="004B5334"/>
     <w:rsid w:val="004B6C14"/>
     <w:rsid w:val="004C4F19"/>
     <w:rsid w:val="004D5E9B"/>
     <w:rsid w:val="004D63D9"/>
     <w:rsid w:val="004E6585"/>
     <w:rsid w:val="0050249F"/>
     <w:rsid w:val="00524566"/>
     <w:rsid w:val="00530BEF"/>
     <w:rsid w:val="00552351"/>
     <w:rsid w:val="00561F00"/>
     <w:rsid w:val="00562C4E"/>
     <w:rsid w:val="00562DEC"/>
     <w:rsid w:val="00576AB4"/>
     <w:rsid w:val="00577917"/>
     <w:rsid w:val="00590667"/>
     <w:rsid w:val="005969E2"/>
     <w:rsid w:val="005A1689"/>
     <w:rsid w:val="005B61CD"/>
     <w:rsid w:val="005D1D58"/>
     <w:rsid w:val="005D432C"/>
     <w:rsid w:val="005E285E"/>
     <w:rsid w:val="005E72F8"/>
     <w:rsid w:val="005F0579"/>
     <w:rsid w:val="005F3A53"/>
     <w:rsid w:val="006062A3"/>
     <w:rsid w:val="00610E08"/>
     <w:rsid w:val="006140BF"/>
     <w:rsid w:val="006161BE"/>
     <w:rsid w:val="00620787"/>
     <w:rsid w:val="00632434"/>
     <w:rsid w:val="0063478F"/>
     <w:rsid w:val="00644256"/>
     <w:rsid w:val="00661D6F"/>
     <w:rsid w:val="006628E9"/>
     <w:rsid w:val="0066725E"/>
     <w:rsid w:val="006716C7"/>
     <w:rsid w:val="00676241"/>
     <w:rsid w:val="00681208"/>
     <w:rsid w:val="00681FA9"/>
     <w:rsid w:val="00691EA9"/>
     <w:rsid w:val="006934D4"/>
     <w:rsid w:val="006A08ED"/>
     <w:rsid w:val="006A6DC3"/>
     <w:rsid w:val="006C1480"/>
+    <w:rsid w:val="006C279F"/>
     <w:rsid w:val="006C513A"/>
     <w:rsid w:val="006D49ED"/>
     <w:rsid w:val="006D55CE"/>
     <w:rsid w:val="006D637A"/>
     <w:rsid w:val="006D6B5E"/>
     <w:rsid w:val="006D6F24"/>
     <w:rsid w:val="006E3E4E"/>
     <w:rsid w:val="006F1715"/>
     <w:rsid w:val="006F45BF"/>
     <w:rsid w:val="006F60E0"/>
     <w:rsid w:val="00702F71"/>
     <w:rsid w:val="007366DF"/>
     <w:rsid w:val="00757839"/>
     <w:rsid w:val="00770C81"/>
     <w:rsid w:val="00791024"/>
+    <w:rsid w:val="00792D06"/>
     <w:rsid w:val="00793F0A"/>
     <w:rsid w:val="007A2657"/>
     <w:rsid w:val="007C682C"/>
     <w:rsid w:val="007D2385"/>
     <w:rsid w:val="007E6F99"/>
     <w:rsid w:val="007F214F"/>
     <w:rsid w:val="00800069"/>
     <w:rsid w:val="008042F0"/>
     <w:rsid w:val="008310A0"/>
     <w:rsid w:val="00835D29"/>
     <w:rsid w:val="00842E7F"/>
     <w:rsid w:val="008440FE"/>
     <w:rsid w:val="00852933"/>
     <w:rsid w:val="008566E5"/>
     <w:rsid w:val="008566FE"/>
     <w:rsid w:val="00865B46"/>
     <w:rsid w:val="00876776"/>
     <w:rsid w:val="00896134"/>
     <w:rsid w:val="008A62BC"/>
     <w:rsid w:val="008B43E7"/>
     <w:rsid w:val="008D763F"/>
     <w:rsid w:val="008F036F"/>
     <w:rsid w:val="008F1308"/>
     <w:rsid w:val="008F78C2"/>
     <w:rsid w:val="00904568"/>
     <w:rsid w:val="00911394"/>
     <w:rsid w:val="00923EF2"/>
     <w:rsid w:val="00926D25"/>
     <w:rsid w:val="00926E9D"/>
     <w:rsid w:val="00932C6E"/>
     <w:rsid w:val="00933F10"/>
     <w:rsid w:val="009433C5"/>
     <w:rsid w:val="00965881"/>
     <w:rsid w:val="009871FF"/>
     <w:rsid w:val="00990799"/>
     <w:rsid w:val="00995D51"/>
     <w:rsid w:val="009A0631"/>
     <w:rsid w:val="009B10ED"/>
     <w:rsid w:val="009D3EA4"/>
     <w:rsid w:val="009D649C"/>
     <w:rsid w:val="009E4BC1"/>
     <w:rsid w:val="009F5CB2"/>
+    <w:rsid w:val="00A01F46"/>
     <w:rsid w:val="00A03BB8"/>
     <w:rsid w:val="00A3505D"/>
     <w:rsid w:val="00A4036F"/>
     <w:rsid w:val="00A406E5"/>
     <w:rsid w:val="00A4641C"/>
     <w:rsid w:val="00A55876"/>
     <w:rsid w:val="00A67FB1"/>
     <w:rsid w:val="00A85BFE"/>
     <w:rsid w:val="00AB6FE7"/>
     <w:rsid w:val="00AB7AD7"/>
     <w:rsid w:val="00AC5F32"/>
     <w:rsid w:val="00AD2430"/>
+    <w:rsid w:val="00AE2740"/>
     <w:rsid w:val="00AE41A6"/>
     <w:rsid w:val="00AF0E34"/>
     <w:rsid w:val="00AF271D"/>
     <w:rsid w:val="00AF56C2"/>
     <w:rsid w:val="00B004E6"/>
+    <w:rsid w:val="00B01201"/>
     <w:rsid w:val="00B0744D"/>
     <w:rsid w:val="00B10CF0"/>
+    <w:rsid w:val="00B240E1"/>
     <w:rsid w:val="00B50EA8"/>
     <w:rsid w:val="00B64082"/>
     <w:rsid w:val="00B72325"/>
     <w:rsid w:val="00B72EC6"/>
     <w:rsid w:val="00B81AD3"/>
     <w:rsid w:val="00B829D8"/>
     <w:rsid w:val="00B84B5B"/>
     <w:rsid w:val="00B86446"/>
     <w:rsid w:val="00BA1176"/>
     <w:rsid w:val="00BE0B01"/>
     <w:rsid w:val="00BE79C7"/>
     <w:rsid w:val="00BF3CB5"/>
     <w:rsid w:val="00C01A3F"/>
     <w:rsid w:val="00C073F1"/>
     <w:rsid w:val="00C1285B"/>
     <w:rsid w:val="00C1361B"/>
     <w:rsid w:val="00C14E1F"/>
     <w:rsid w:val="00C315AF"/>
     <w:rsid w:val="00C36D9A"/>
     <w:rsid w:val="00C44A72"/>
     <w:rsid w:val="00C61FC2"/>
     <w:rsid w:val="00C705F9"/>
     <w:rsid w:val="00C80F0F"/>
     <w:rsid w:val="00C8667A"/>
     <w:rsid w:val="00C93BCB"/>
     <w:rsid w:val="00CC241A"/>
     <w:rsid w:val="00CE4035"/>
     <w:rsid w:val="00CE65AB"/>
     <w:rsid w:val="00CF4266"/>
     <w:rsid w:val="00CF7746"/>
+    <w:rsid w:val="00D1341E"/>
     <w:rsid w:val="00D22D9C"/>
     <w:rsid w:val="00D241F1"/>
     <w:rsid w:val="00D275CB"/>
     <w:rsid w:val="00D30DFA"/>
     <w:rsid w:val="00D463A5"/>
     <w:rsid w:val="00D4710D"/>
     <w:rsid w:val="00D47D25"/>
     <w:rsid w:val="00D62ACD"/>
     <w:rsid w:val="00D77958"/>
     <w:rsid w:val="00DA36EE"/>
     <w:rsid w:val="00DB116D"/>
     <w:rsid w:val="00DB444C"/>
     <w:rsid w:val="00DB5575"/>
     <w:rsid w:val="00DD17CC"/>
     <w:rsid w:val="00DE217A"/>
     <w:rsid w:val="00DF321B"/>
     <w:rsid w:val="00E230E0"/>
     <w:rsid w:val="00E51AAC"/>
     <w:rsid w:val="00E61D43"/>
     <w:rsid w:val="00E66CC0"/>
     <w:rsid w:val="00E728A9"/>
     <w:rsid w:val="00E807D9"/>
     <w:rsid w:val="00EA0F4E"/>
     <w:rsid w:val="00EA295B"/>
     <w:rsid w:val="00EA3B9B"/>
@@ -16482,50 +18163,60 @@
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001E2007"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00DF321B"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="71"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B240E1"/>
+    <w:rPr>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="358313649">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1777559243">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -17034,75 +18725,75 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>AssignFrm</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>3467</Words>
-  <Characters>21613</Characters>
+  <Words>3714</Words>
+  <Characters>22718</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>180</Lines>
-  <Paragraphs>50</Paragraphs>
+  <Lines>1514</Lines>
+  <Paragraphs>275</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>GA36d Level 7</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>S.I.H.E.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25030</CharactersWithSpaces>
+  <CharactersWithSpaces>26157</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>3932241</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.managers.org.uk/research-analysis/research/current-research/business-benefits-management-and-leadership-development-</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6029399</vt:i4>
       </vt:variant>
       <vt:variant>